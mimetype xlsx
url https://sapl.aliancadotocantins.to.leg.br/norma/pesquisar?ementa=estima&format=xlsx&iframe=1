--- v0 (2025-11-22)
+++ v1 (2026-03-07)
@@ -48,186 +48,186 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>LO</t>
   </si>
   <si>
     <t>Lei</t>
   </si>
   <si>
-    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2024/211/lei_747-2024.pdf</t>
+    <t>http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2024/211/lei_747-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Anual - LOA, para 2025, Estimando Receita e Fixando Despesas, e dá outras providências.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2023/203/lei_733-2023.pdf</t>
+    <t>http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2023/203/lei_733-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Anual - LOA, para 2024, Estimando Receita e Fixando Despesas, e dá outras providências.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2022/167/lei_698-2022.pdf</t>
+    <t>http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2022/167/lei_698-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei Orçamentária Anual - LOA, para 2023, Estimando Receita e Fixando Despesas, e dá outras providências.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2021/124/lei_no_681-2021_loa_2022.pdf</t>
+    <t>http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2021/124/lei_no_681-2021_loa_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei Orçamentária Anual - LOA, para 2022, estimando Receita e fixando Despesas, e dá outras providências.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2020/103/lei_no_659.pdf</t>
+    <t>http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2020/103/lei_no_659.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Aliança do Tocantins, para o exercício de 2021.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2019/138/lei_no_649-2019_loa_2020.pdf</t>
+    <t>http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2019/138/lei_no_649-2019_loa_2020.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Aliança do Tocantins, para o exercício de 2020.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2018/137/lei_no_635-2018_loa_2019.pdf</t>
+    <t>http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2018/137/lei_no_635-2018_loa_2019.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Aliança do Tocantins, para o exercício de 2019.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2017/136/lei_no_617-2017_loa_2018.pdf</t>
+    <t>http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2017/136/lei_no_617-2017_loa_2018.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Aliança do Tocantins, para o exercício de 2018.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.aliancadotocantins.to.leg.br/media/./sapl/public/normajuridica/2016/35/35_texto_integral.pdf</t>
+    <t>http://sapl.aliancadotocantins.to.leg.br/media/./sapl/public/normajuridica/2016/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI ORÇAMENTÁRIA ANUAL - LOA, PARA 2017, ESTIMANDO RECEITA E FIXANDO DESPESAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.aliancadotocantins.to.leg.br/media/./sapl/public/normajuridica/2015/36/36_texto_integral.pdf</t>
+    <t>http://sapl.aliancadotocantins.to.leg.br/media/./sapl/public/normajuridica/2015/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A LEI ORÇAMENTÁRIA ANUAL - LOA, PARA 2016, ESTIMANDO RECEITA E FIXANDO DESPESAS E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -534,67 +534,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2024/211/lei_747-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2023/203/lei_733-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2022/167/lei_698-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2021/124/lei_no_681-2021_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2020/103/lei_no_659.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2019/138/lei_no_649-2019_loa_2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2018/137/lei_no_635-2018_loa_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2017/136/lei_no_617-2017_loa_2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/./sapl/public/normajuridica/2016/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/./sapl/public/normajuridica/2015/36/36_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2024/211/lei_747-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2023/203/lei_733-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2022/167/lei_698-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2021/124/lei_no_681-2021_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2020/103/lei_no_659.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2019/138/lei_no_649-2019_loa_2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2018/137/lei_no_635-2018_loa_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.aliancadotocantins.to.leg.br/media/sapl/public/normajuridica/2017/136/lei_no_617-2017_loa_2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.aliancadotocantins.to.leg.br/media/./sapl/public/normajuridica/2016/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.aliancadotocantins.to.leg.br/media/./sapl/public/normajuridica/2015/36/36_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="103.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="102.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="120.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>