--- v0 (2025-11-25)
+++ v1 (2026-02-25)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="688" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="752" uniqueCount="376">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -282,117 +282,153 @@
   <si>
     <t>474</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/474/ple_15-25-.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao orçamento vigente, no valor de R$ 1.200.000,00, para fiz que especifica, e dá outras providências. (Aprovado).</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/480/ple_16-25.pdf</t>
   </si>
   <si>
     <t>Prorroga, por 01 (um) ano, a vigência do Plano Municipal de Educação de Aliança do Tocantins, instituído pela Lei Municipal nº 588/2015, e dá outras providências. (Aprovado).</t>
   </si>
   <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/504/ple_17-25_ppa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual do Município de Aliança do Tocantins para o quadriênio de 2026/2029.</t>
+  </si>
+  <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/502/ple_18-25_loa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Lei Orçamentária Anual - LOA, para 2026, Estimando Receita e Fixando Despesas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/503/ple_19-25_ldo_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2026 (Ano Referência de 2025), e dá outras providências.</t>
+  </si>
+  <si>
     <t>485</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/485/ple_20-25.pdf</t>
   </si>
   <si>
     <t>Institui o Diário Oficial Eletrônico do Município de Aliança do Tocantins - DOM, como meio oficial de comunicação, publicidade e divulgação dos Atos dos Poderes Executivo e Legislativo no âmbito deste município, e dá outras providências. (Aprovado).</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/486/ple_21-25.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal (Cuidar e Educar), destinado à promoção da saúde, bem-estar e qualidade de vida dos profissionais da educação da rede pública municipal de Aliança do Tocantins, em consonância com a Lei Federal nº 14.681/2023, e dá outras providências. (Aprovado).</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/501/ple_23-25.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Orçamentária Anual nº 747/2024 do Município de Aliança do Tocantins, para o exercício de 2025, utilizando o superávit financeiro do exercício anterior e ampliando o limite para abertura de créditos suplementares. (Aprovado).</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Vadinho do Cartório</t>
   </si>
   <si>
-    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/492/pll_01-25.pdf</t>
+    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/492/pll_01-25-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Marcha para Jesus no âmbito do Município de Aliança do Tocantins/TO, e dá outras providências. (Aprovado).</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/493/pll_02-25.pdf</t>
+    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/493/pll_02-25-.pdf</t>
   </si>
   <si>
     <t>Estabelece a substituição de sinais sonoros estridentes por sinais musicais ou visuais adequados a estudantes com deficiência ou transtornos do neurodesenvolvimento, nos estabelecimentos de ensino localizados no município de Aliança do Tocantins, determina sinalização de proibição do uso de equipamentos sonoros no perímetro escolar, e dá outras providências. (Aprovado).</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/494/pll_03-25.pdf</t>
+    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/494/pll_03-25-.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Viver Bem, Enxergar Melhor, recuperação auditiva e visual para uma educação de qualidade, dispõe sobre a obrigatoriedade da promoção pelo Poder Público Municipal de Aliança do Tocantins, de exames oftalmológicos e auditivos para os alunos das escolas da rede pública de ensino infantil, fundamental e EJA, e com doação de óculos e aparelhos auditivos pelo Fundo Municipal de Saúde aos alunos que especifica. (Aprovado).</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/417/pr_01-25-.pdf</t>
   </si>
   <si>
     <t>Concede reposição geral anual dos Vencimentos dos Servidores Efetivos da Câmara Municipal de Aliança do Tocantins/TO e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/426/pr_02-25.pdf</t>
   </si>
@@ -405,50 +441,59 @@
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/427/pr_03-25.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Aliança do Tocantins, a se filiar a União dos Vereadores do Estado do Tocantins UVET, autorizando o pagamento de contribuições, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/428/pr_04-25-.pdf</t>
   </si>
   <si>
     <t>Cria novos cargos em Comissão no quadro permanente de Servidores da Câmara Municipal de Aliança do Tocantins, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/443/pr_05-25.pdf</t>
   </si>
   <si>
     <t>Autoriza o reajuste da remuneração e gratificação dos Cargos descritos, alterando as Resoluções 002/2022, 003 e 005/2024. [Secretaria Geral, Controle Interno e Ouvidor]. (Votação: aprovado).</t>
   </si>
   <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/509/pr_06-25.pdf</t>
+  </si>
+  <si>
+    <t>Declara a nulidade da eleição da Mesa Diretora da Câmara Municipal de Aliança do Tocantins para o exercício de 2026, realizada na Sessão Ordinária do dia 04 do mês de fevereiro de 2025, e dá outras providências. (Aprovado).</t>
+  </si>
+  <si>
     <t>430</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Maria Ribeiro</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/430/req_01-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que realize Concurso Público Municipal, para contratação de todos os profissionais a serem admitidos pelo município, obedecendo o que determina o Art. 37, inciso XXI, da Constituição Federal. (Votação: aprovado).</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/418/req_02-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, informações se este município está fornecendo aos seus servidores considerados insalubres, perigosos e penosos, os seguintes documentos: Laudo Técnico das Condições Ambientais de Trabalho (LTCAT) e Perfil Profissiográfico Previdenciário (PPP), dos Agentes de Combate à Endemias e Agentes Comunitários de Saúde, e outros servidores deste município de Aliança do Tocantins/TO. (Votação: aprovado).</t>
@@ -573,77 +618,68 @@
   <si>
     <t>442</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/442/req_15-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a instalação/construção de quebra-molas na Rua 02, Quadra 07, Lote 02, próximo a oficina do Sr. Mauro mecânico. (Votação: aprovado).</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>Wilmoney</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/445/req_16-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, e a Secretaria competente, que providenciem a aquisição de uma máquia de triturar galhadas, para contribuir co a limpeza da cidade. (Votação: aprovado).</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>17</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/446/req_17-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, e a Secretaria competente, que providenciem a aquisição de uma máquina Bobcat com concha e vassoura recolhedora, e um compactador de solo Sapo. (Votação: aprovado).</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/447/req_18-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, medidas em prol da construção de uma Praça com área de lazer e instalação de Parque Infantil, na Avenida Aliança no Setor Jardim dos Buritis. (Votação: aprovado).</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>19</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/448/req_19-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, e a Secretaria competente, a construção de cobertura interna junto ao portão de saída dos alunos, na Escola Municipal Duque de Caxias, abrindo o portão com 05 (cinco) minutos de antecedência. (Votação: aprovado).</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/453/req_20-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a limpeza geral do cemitério, removendo entulhos, lixo e vegetação excessiva, e a manutenção das sepulturas, túmulos e vias internas do mesmo. (Votação: aprovado).</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/454/req_21-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a liberação dos 02 (dois) banheiros da Academia da Saúde para uso da população, garantindo a limpeza e a manutenção regular dos mesmos. (Votação: aprovado).</t>
   </si>
   <si>
     <t>455</t>
@@ -1039,50 +1075,98 @@
     <t>Requer ao Prefeito Municipal, a instalação de um mata-burro na rota escolar, na divisa entres as propriedades do Sr. Jonas (Cimentec) e do Sr. Givanes, zona rural deste município. (Aprovado).</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/500/req_54-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a construção de um bueiro na chácara São Bento localizada na região do São José, neste município. (Aprovado).</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/499/req_55-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal e ao Secretário Municipal de Obras e Serviços Urbanos, o patrolamento, nivelamento e manutenção da estrada vicinal do São José e seus ramais. (Aprovado).</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/505/req_57-25.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Prefeito Municipal, a implantação da Guarda Municipal e do Centro de Monitoramento dos Órgãos Públicos. (Aprovado).</t>
+  </si>
+  <si>
+    <t>506</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/506/req_58-25.pdf</t>
+  </si>
+  <si>
+    <t>Requer a Presidência da Câmara, a concessão de Moção de Aplausos ao Sr. José Valdemir dos Reis (Demi Reis), em reconhecimento por sua contribuição para a comunidade de Aliança. (Aprovado).</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/507/req_59-25.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Prefeito Municipal, a construção de um mata-burro na estrada do São José, na divisa da fazenda Boa Sorte de propriedade de Domingos, com a fazenda Boa Sorte conhecida como fazenda dos cantor. (Aprovado).</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/508/req_60-25.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Prefeito Municipal, a construção da cobertura da garagem da UBS David Araújo Rodrigues. (Aprovado).</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>MAP</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/429/map_01-25.pdf</t>
   </si>
   <si>
     <t>Requer Moção de Aplausos ao jovem Ihgor Leonardo Castro Leite, popularmente conhecido como Léo Barbosa, pelo excelente trabalho que vem realizando como Deputado Estadual para o nosso município. (Votação: aprovado).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1401,68 +1485,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/484/ind_01-25.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/444/pdl_01-25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/460/plc_13-25-.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/473/plc_14-25-.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/422/ple_01-25.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/423/ple_02-25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/424/ple_03-25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/425/ple_04-25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/440/ple_05-25-.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/441/ple_06-25-.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/449/ple_07-25-.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/450/ple_08-25-.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/451/ple_09-25-.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/452/ple_10-25.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/471/ple_11-25-.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/461/ple_12-25-.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/474/ple_15-25-.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/480/ple_16-25.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/485/ple_20-25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/486/ple_21-25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/501/ple_23-25.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/492/pll_01-25.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/493/pll_02-25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/494/pll_03-25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/417/pr_01-25-.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/426/pr_02-25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/427/pr_03-25.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/428/pr_04-25-.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/443/pr_05-25.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/430/req_01-25.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/418/req_02-25.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/419/req_03-25.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/420/req_04-25.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/431/req_05-25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/421/req_06-25.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/432/req_07-25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/433/req_08-25.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/434/req_09-25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/435/req_10-25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/436/req_11-25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/437/req_12-25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/438/req_13-25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/439/req_14-25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/442/req_15-25.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/445/req_16-25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/446/req_17-25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/447/req_18-25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/448/req_19-25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/453/req_20-25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/454/req_21-25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/455/req_22-25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/456/req_23-25.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/457/req_24-25.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/462/req_25-25.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/458/req_26-25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/459/req_27-25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/463/req_28-25.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/464/req_29-25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/465/req_30-25.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/472/req_31-25.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/466/req_32-25.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/467/req_33-25.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/468/req_34-25.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/469/req_35-25.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/470/req_36-25.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/475/req_37-25.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/476/req_38-25.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/477/req_39-25.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/478/req_40-25.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/479/req_41-25.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/481/req_42-25.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/482/req_43-25.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/483/req_44-25.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/487/req_45-25.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/488/req_46-25.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/497/req_47-25.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/489/req_48-25.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/490/req_49-25.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/491/req_50-25.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/495/req_51-25.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/496/req_52-25.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/498/req_53-25.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/500/req_54-25.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/499/req_55-25.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/429/map_01-25.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/484/ind_01-25.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/444/pdl_01-25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/460/plc_13-25-.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/473/plc_14-25-.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/422/ple_01-25.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/423/ple_02-25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/424/ple_03-25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/425/ple_04-25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/440/ple_05-25-.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/441/ple_06-25-.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/449/ple_07-25-.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/450/ple_08-25-.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/451/ple_09-25-.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/452/ple_10-25.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/471/ple_11-25-.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/461/ple_12-25-.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/474/ple_15-25-.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/480/ple_16-25.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/504/ple_17-25_ppa_2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/502/ple_18-25_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/503/ple_19-25_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/485/ple_20-25.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/486/ple_21-25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/501/ple_23-25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/492/pll_01-25-.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/493/pll_02-25-.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/494/pll_03-25-.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/417/pr_01-25-.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/426/pr_02-25.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/427/pr_03-25.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/428/pr_04-25-.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/443/pr_05-25.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/509/pr_06-25.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/430/req_01-25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/418/req_02-25.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/419/req_03-25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/420/req_04-25.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/431/req_05-25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/421/req_06-25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/432/req_07-25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/433/req_08-25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/434/req_09-25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/435/req_10-25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/436/req_11-25.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/437/req_12-25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/438/req_13-25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/439/req_14-25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/442/req_15-25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/445/req_16-25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/446/req_17-25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/447/req_18-25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/448/req_19-25.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/453/req_20-25.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/454/req_21-25.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/455/req_22-25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/456/req_23-25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/457/req_24-25.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/462/req_25-25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/458/req_26-25.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/459/req_27-25.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/463/req_28-25.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/464/req_29-25.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/465/req_30-25.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/472/req_31-25.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/466/req_32-25.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/467/req_33-25.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/468/req_34-25.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/469/req_35-25.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/470/req_36-25.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/475/req_37-25.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/476/req_38-25.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/477/req_39-25.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/478/req_40-25.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/479/req_41-25.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/481/req_42-25.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/482/req_43-25.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/483/req_44-25.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/487/req_45-25.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/488/req_46-25.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/497/req_47-25.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/489/req_48-25.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/490/req_49-25.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/491/req_50-25.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/495/req_51-25.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/496/req_52-25.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/498/req_53-25.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/500/req_54-25.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/499/req_55-25.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/505/req_57-25.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/506/req_58-25.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/507/req_59-25.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/508/req_60-25.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.aliancadotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/429/map_01-25.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H86"/>
+  <dimension ref="A1:H94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2002,1704 +2086,1912 @@
       </c>
       <c r="D22" t="s">
         <v>34</v>
       </c>
       <c r="E22" t="s">
         <v>35</v>
       </c>
       <c r="F22" t="s">
         <v>26</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H22" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>102</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>10</v>
+        <v>103</v>
       </c>
       <c r="D23" t="s">
-        <v>103</v>
+        <v>34</v>
       </c>
       <c r="E23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F23" t="s">
+        <v>26</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="F23" t="s">
+      <c r="H23" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>107</v>
+      </c>
+      <c r="D24" t="s">
+        <v>34</v>
+      </c>
+      <c r="E24" t="s">
+        <v>35</v>
+      </c>
+      <c r="F24" t="s">
+        <v>26</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="B24" t="s">
-[...14 lines deleted...]
-      <c r="G24" s="1" t="s">
+      <c r="H24" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>110</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
         <v>111</v>
       </c>
-      <c r="B25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>103</v>
+        <v>34</v>
       </c>
       <c r="E25" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>112</v>
       </c>
       <c r="H25" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>114</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
         <v>115</v>
       </c>
       <c r="E26" t="s">
         <v>116</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
+        <v>117</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H26" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>39</v>
       </c>
       <c r="D27" t="s">
         <v>115</v>
       </c>
       <c r="E27" t="s">
         <v>116</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H27" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>43</v>
       </c>
       <c r="D28" t="s">
         <v>115</v>
       </c>
       <c r="E28" t="s">
         <v>116</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H28" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="E29" t="s">
-        <v>116</v>
+        <v>128</v>
       </c>
       <c r="F29" t="s">
         <v>19</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="H29" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>131</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>39</v>
+      </c>
+      <c r="D30" t="s">
+        <v>127</v>
+      </c>
+      <c r="E30" t="s">
         <v>128</v>
-      </c>
-[...10 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F30" t="s">
         <v>19</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="H30" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D31" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="E31" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="F31" t="s">
-        <v>134</v>
+        <v>19</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>135</v>
       </c>
       <c r="H31" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>137</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D32" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="E32" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="F32" t="s">
-        <v>105</v>
+        <v>19</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H32" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>140</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="D33" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="E33" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="F33" t="s">
+        <v>19</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="G33" s="1" t="s">
+      <c r="H33" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>143</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>55</v>
+      </c>
+      <c r="D34" t="s">
+        <v>127</v>
+      </c>
+      <c r="E34" t="s">
+        <v>128</v>
+      </c>
+      <c r="F34" t="s">
+        <v>19</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="B34" t="s">
-[...14 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E35" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F35" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="H35" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>55</v>
+        <v>39</v>
       </c>
       <c r="D36" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E36" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F36" t="s">
-        <v>151</v>
+        <v>117</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H36" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="D37" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E37" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F37" t="s">
-        <v>134</v>
+        <v>156</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H37" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="D38" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E38" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F38" t="s">
-        <v>134</v>
+        <v>156</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H38" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>67</v>
+        <v>51</v>
       </c>
       <c r="D39" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E39" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F39" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="H39" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="D40" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E40" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F40" t="s">
-        <v>151</v>
+        <v>166</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="H40" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="D41" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E41" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F41" t="s">
-        <v>167</v>
+        <v>149</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="H41" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="D42" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E42" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F42" t="s">
-        <v>167</v>
+        <v>149</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="H42" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="D43" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E43" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F43" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H43" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>30</v>
+        <v>71</v>
       </c>
       <c r="D44" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E44" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F44" t="s">
-        <v>134</v>
+        <v>166</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="H44" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="D45" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E45" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F45" t="s">
-        <v>151</v>
+        <v>182</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="H45" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>185</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>79</v>
+      </c>
+      <c r="D46" t="s">
+        <v>147</v>
+      </c>
+      <c r="E46" t="s">
+        <v>148</v>
+      </c>
+      <c r="F46" t="s">
         <v>182</v>
       </c>
-      <c r="B46" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G46" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H46" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>187</v>
+        <v>23</v>
       </c>
       <c r="D47" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E47" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F47" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="H47" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>191</v>
+        <v>30</v>
       </c>
       <c r="D48" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E48" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>149</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>192</v>
       </c>
       <c r="H48" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>194</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
+        <v>83</v>
+      </c>
+      <c r="D49" t="s">
+        <v>147</v>
+      </c>
+      <c r="E49" t="s">
+        <v>148</v>
+      </c>
+      <c r="F49" t="s">
+        <v>166</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="D49" t="s">
-[...8 lines deleted...]
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>197</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>87</v>
+      </c>
+      <c r="D50" t="s">
+        <v>147</v>
+      </c>
+      <c r="E50" t="s">
+        <v>148</v>
+      </c>
+      <c r="F50" t="s">
         <v>198</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>199</v>
       </c>
       <c r="H50" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>201</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D51" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E51" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F51" t="s">
-        <v>151</v>
+        <v>198</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>202</v>
       </c>
       <c r="H51" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>204</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
+        <v>95</v>
+      </c>
+      <c r="D52" t="s">
+        <v>147</v>
+      </c>
+      <c r="E52" t="s">
+        <v>148</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="D52" t="s">
-[...8 lines deleted...]
-      <c r="G52" s="1" t="s">
+      <c r="H52" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>99</v>
       </c>
       <c r="D53" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E53" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F53" t="s">
-        <v>105</v>
+        <v>149</v>
       </c>
       <c r="G53" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="H53" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>210</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>103</v>
+      </c>
+      <c r="D54" t="s">
+        <v>147</v>
+      </c>
+      <c r="E54" t="s">
+        <v>148</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="H54" t="s">
         <v>212</v>
-      </c>
-[...13 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>213</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>107</v>
+      </c>
+      <c r="D55" t="s">
+        <v>147</v>
+      </c>
+      <c r="E55" t="s">
+        <v>148</v>
+      </c>
+      <c r="F55" t="s">
+        <v>166</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H55" t="s">
         <v>215</v>
-      </c>
-[...19 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>216</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>217</v>
+      </c>
+      <c r="D56" t="s">
+        <v>147</v>
+      </c>
+      <c r="E56" t="s">
+        <v>148</v>
+      </c>
+      <c r="F56" t="s">
+        <v>182</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H56" t="s">
         <v>219</v>
-      </c>
-[...19 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>224</v>
+        <v>111</v>
       </c>
       <c r="D57" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E57" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F57" t="s">
-        <v>183</v>
+        <v>117</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="H57" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D58" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E58" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F58" t="s">
-        <v>141</v>
+        <v>117</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="H58" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D59" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E59" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F59" t="s">
-        <v>141</v>
+        <v>156</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="H59" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D60" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E60" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F60" t="s">
-        <v>141</v>
+        <v>198</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="H60" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="D61" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E61" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F61" t="s">
-        <v>151</v>
+        <v>198</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="H61" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D62" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E62" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F62" t="s">
-        <v>141</v>
+        <v>156</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="H62" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D63" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E63" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F63" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="H63" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D64" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E64" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F64" t="s">
-        <v>167</v>
+        <v>156</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="H64" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D65" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E65" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F65" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="H65" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D66" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E66" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F66" t="s">
-        <v>183</v>
+        <v>156</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="H66" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D67" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E67" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F67" t="s">
-        <v>13</v>
+        <v>166</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="H67" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D68" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E68" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F68" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="H68" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="D69" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E69" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F69" t="s">
-        <v>134</v>
+        <v>198</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="H69" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="D70" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E70" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F70" t="s">
-        <v>105</v>
+        <v>198</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="H70" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="D71" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E71" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F71" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="H71" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="D72" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E72" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F72" t="s">
-        <v>285</v>
+        <v>13</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="H72" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="D73" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E73" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F73" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="H73" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="D74" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E74" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F74" t="s">
-        <v>294</v>
+        <v>117</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="H74" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="D75" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E75" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F75" t="s">
-        <v>299</v>
+        <v>117</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="H75" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="D76" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E76" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F76" t="s">
-        <v>13</v>
+        <v>297</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="H76" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="D77" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E77" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F77" t="s">
-        <v>141</v>
+        <v>166</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="H77" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D78" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E78" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F78" t="s">
-        <v>183</v>
+        <v>306</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="H78" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="D79" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E79" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F79" t="s">
-        <v>167</v>
+        <v>311</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="H79" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="D80" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E80" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F80" t="s">
-        <v>167</v>
+        <v>13</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="H80" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="D81" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E81" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F81" t="s">
-        <v>285</v>
+        <v>156</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H81" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="D82" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E82" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F82" t="s">
-        <v>328</v>
+        <v>198</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="H82" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="D83" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E83" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F83" t="s">
-        <v>141</v>
+        <v>182</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="H83" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="D84" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E84" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F84" t="s">
-        <v>151</v>
+        <v>182</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="H84" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="D85" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="E85" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F85" t="s">
-        <v>151</v>
+        <v>297</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="H85" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>338</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>339</v>
+      </c>
+      <c r="D86" t="s">
+        <v>147</v>
+      </c>
+      <c r="E86" t="s">
+        <v>148</v>
+      </c>
+      <c r="F86" t="s">
+        <v>340</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="H86" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
         <v>343</v>
       </c>
-      <c r="B86" t="s">
-[...2 lines deleted...]
-      <c r="C86" t="s">
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>344</v>
+      </c>
+      <c r="D87" t="s">
+        <v>147</v>
+      </c>
+      <c r="E87" t="s">
+        <v>148</v>
+      </c>
+      <c r="F87" t="s">
+        <v>156</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H87" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>347</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>348</v>
+      </c>
+      <c r="D88" t="s">
+        <v>147</v>
+      </c>
+      <c r="E88" t="s">
+        <v>148</v>
+      </c>
+      <c r="F88" t="s">
+        <v>166</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H88" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>351</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>352</v>
+      </c>
+      <c r="D89" t="s">
+        <v>147</v>
+      </c>
+      <c r="E89" t="s">
+        <v>148</v>
+      </c>
+      <c r="F89" t="s">
+        <v>166</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="H89" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>355</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>356</v>
+      </c>
+      <c r="D90" t="s">
+        <v>147</v>
+      </c>
+      <c r="E90" t="s">
+        <v>148</v>
+      </c>
+      <c r="F90" t="s">
+        <v>182</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H90" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>359</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>360</v>
+      </c>
+      <c r="D91" t="s">
+        <v>147</v>
+      </c>
+      <c r="E91" t="s">
+        <v>148</v>
+      </c>
+      <c r="F91" t="s">
+        <v>182</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H91" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>363</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>364</v>
+      </c>
+      <c r="D92" t="s">
+        <v>147</v>
+      </c>
+      <c r="E92" t="s">
+        <v>148</v>
+      </c>
+      <c r="F92" t="s">
+        <v>198</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H92" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>367</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>368</v>
+      </c>
+      <c r="D93" t="s">
+        <v>147</v>
+      </c>
+      <c r="E93" t="s">
+        <v>148</v>
+      </c>
+      <c r="F93" t="s">
+        <v>198</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H93" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>371</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
         <v>10</v>
       </c>
-      <c r="D86" t="s">
-[...12 lines deleted...]
-        <v>347</v>
+      <c r="D94" t="s">
+        <v>372</v>
+      </c>
+      <c r="E94" t="s">
+        <v>373</v>
+      </c>
+      <c r="F94" t="s">
+        <v>340</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H94" t="s">
+        <v>375</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3745,50 +4037,58 @@
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>