--- v0 (2025-11-23)
+++ v1 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="810" uniqueCount="321">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="864" uniqueCount="340">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
@@ -973,50 +973,107 @@
     <t>Pauta da 2ª Sessão Ordinária de Novembro - 2025.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>Pauta da 3ª Sessão Ordinária de Novembro - 2025.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>Pauta da 4ª Sessão Ordinária de Novembro - 2025.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>Pauta da 5ª Sessão Ordinária de Novembro - 2025.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>Pauta da 1ª Sessão Extraordinária de Novembro - 2025.</t>
+  </si>
+  <si>
+    <t>771</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do dia 02/02/2026.</t>
+  </si>
+  <si>
+    <t>772</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do dia 03/02/2026.</t>
+  </si>
+  <si>
+    <t>773</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do dia 04/02/2026.</t>
+  </si>
+  <si>
+    <t>774</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Extraordinária do dia 06/02/2026.</t>
+  </si>
+  <si>
+    <t>803</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do dia 02/03/2026.</t>
+  </si>
+  <si>
+    <t>804</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do dia 03/03/2026.</t>
+  </si>
+  <si>
+    <t>805</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do dia 04/03/2026.</t>
+  </si>
+  <si>
+    <t>806</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do dia 05/03/2026.</t>
+  </si>
+  <si>
+    <t>807</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do dia 06/03/2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1308,51 +1365,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F135"/>
+  <dimension ref="A1:F144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="49.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -4020,50 +4077,230 @@
       <c r="E134" t="s">
         <v>10</v>
       </c>
       <c r="F134" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
         <v>319</v>
       </c>
       <c r="B135" t="s">
         <v>233</v>
       </c>
       <c r="C135" t="s">
         <v>134</v>
       </c>
       <c r="D135" t="s">
         <v>9</v>
       </c>
       <c r="E135" t="s">
         <v>10</v>
       </c>
       <c r="F135" t="s">
         <v>320</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
+      <c r="A136" t="s">
+        <v>321</v>
+      </c>
+      <c r="B136" t="s">
+        <v>322</v>
+      </c>
+      <c r="C136" t="s">
+        <v>8</v>
+      </c>
+      <c r="D136" t="s">
+        <v>9</v>
+      </c>
+      <c r="E136" t="s">
+        <v>10</v>
+      </c>
+      <c r="F136" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="A137" t="s">
+        <v>324</v>
+      </c>
+      <c r="B137" t="s">
+        <v>322</v>
+      </c>
+      <c r="C137" t="s">
+        <v>13</v>
+      </c>
+      <c r="D137" t="s">
+        <v>9</v>
+      </c>
+      <c r="E137" t="s">
+        <v>10</v>
+      </c>
+      <c r="F137" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6">
+      <c r="A138" t="s">
+        <v>326</v>
+      </c>
+      <c r="B138" t="s">
+        <v>322</v>
+      </c>
+      <c r="C138" t="s">
+        <v>16</v>
+      </c>
+      <c r="D138" t="s">
+        <v>9</v>
+      </c>
+      <c r="E138" t="s">
+        <v>10</v>
+      </c>
+      <c r="F138" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6">
+      <c r="A139" t="s">
+        <v>328</v>
+      </c>
+      <c r="B139" t="s">
+        <v>322</v>
+      </c>
+      <c r="C139" t="s">
+        <v>19</v>
+      </c>
+      <c r="D139" t="s">
+        <v>9</v>
+      </c>
+      <c r="E139" t="s">
+        <v>10</v>
+      </c>
+      <c r="F139" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6">
+      <c r="A140" t="s">
+        <v>330</v>
+      </c>
+      <c r="B140" t="s">
+        <v>322</v>
+      </c>
+      <c r="C140" t="s">
+        <v>22</v>
+      </c>
+      <c r="D140" t="s">
+        <v>9</v>
+      </c>
+      <c r="E140" t="s">
+        <v>10</v>
+      </c>
+      <c r="F140" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141" t="s">
+        <v>332</v>
+      </c>
+      <c r="B141" t="s">
+        <v>322</v>
+      </c>
+      <c r="C141" t="s">
+        <v>25</v>
+      </c>
+      <c r="D141" t="s">
+        <v>9</v>
+      </c>
+      <c r="E141" t="s">
+        <v>10</v>
+      </c>
+      <c r="F141" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142" t="s">
+        <v>334</v>
+      </c>
+      <c r="B142" t="s">
+        <v>322</v>
+      </c>
+      <c r="C142" t="s">
+        <v>28</v>
+      </c>
+      <c r="D142" t="s">
+        <v>9</v>
+      </c>
+      <c r="E142" t="s">
+        <v>10</v>
+      </c>
+      <c r="F142" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143" t="s">
+        <v>336</v>
+      </c>
+      <c r="B143" t="s">
+        <v>322</v>
+      </c>
+      <c r="C143" t="s">
+        <v>31</v>
+      </c>
+      <c r="D143" t="s">
+        <v>9</v>
+      </c>
+      <c r="E143" t="s">
+        <v>10</v>
+      </c>
+      <c r="F143" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144" t="s">
+        <v>338</v>
+      </c>
+      <c r="B144" t="s">
+        <v>322</v>
+      </c>
+      <c r="C144" t="s">
+        <v>34</v>
+      </c>
+      <c r="D144" t="s">
+        <v>9</v>
+      </c>
+      <c r="E144" t="s">
+        <v>10</v>
+      </c>
+      <c r="F144" t="s">
+        <v>339</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>