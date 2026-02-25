--- v0 (2025-11-22)
+++ v1 (2026-02-25)
@@ -81,51 +81,51 @@
   <si>
     <t>621</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Perfil Genérico dos Solicitantes do SIC da Câmara Municipal de Aliança do Tocantins (2023).</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Perfil Genérico dos Solicitantes do SIC da Câmara Municipal de Aliança do Tocantins (2024).</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>Perfil Genérico dos Solicitantes do SIC da Câmara Municipal de Aliança do Tocantins (Parcial 2025).</t>
+    <t>Perfil Genérico dos Solicitantes do SIC da Câmara Municipal de Aliança do Tocantins (2025).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -428,51 +428,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.140625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="87.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="85.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>