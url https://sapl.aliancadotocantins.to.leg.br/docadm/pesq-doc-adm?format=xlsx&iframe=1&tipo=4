--- v0 (2025-11-23)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="666" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="768" uniqueCount="295">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
@@ -781,50 +781,164 @@
     <t>Concede quinquênio a servidora Ana Paula Lopes da Silva, ocupante do cargo de provimento efetivo de ASG.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>Concessão de férias a servidora Ana Paula Lopes da Silva, ocupante do cargo de Agente Administrativo. Período de gozo de férias será entre os dias 01 a 31 de outubro de 2025.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>Declara ponto facultativo no âmbito da Câmara Municipal de Aliança Do Tocantins/TO, no dia 27 de outubro de 2025 (segunda-feira), antecipando o ponto facultativo alusivo ao Dia do Servidor Público, comemorado anualmente no dia 28 de outubro.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>Dispõe sobre conversão em Abono Pecuniário o período de 10 (dez) dias, ou seja 1/3 das férias, a que tem direito a servidora Gilvane Maria Costa.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>Declara ponto facultativo no âmbito da Câmara Municipal de Aliança do Tocantins, no dia 21 de novembro de 2025 (sexta-feira), em razão do feriado nacional do Dia da Consciência Negra (20/11/2025).</t>
+  </si>
+  <si>
+    <t>721</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Concessão de 01 (uma) diária para o vereador Dionísio Gomes Aires Filho (Dionne Aires), para viagem a capital Palmas/TO.</t>
+  </si>
+  <si>
+    <t>723</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>Estabelece recesso administrativo no âmbito do Poder Legislativo Municipal de Aliança do Tocantins, entre os dias 12/12/2025 até 31/12/2025.</t>
+  </si>
+  <si>
+    <t>724</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>Exoneração de todos os servidores em cargo de Confiança e/ou em Comissão da Câmara Municipal de Aliança do Tocantins, a partir de 31 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>736</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Nomeação, a partir de 02/01/2026, Raí Oliveira dos Santos, para ocupar o cargo/função de provimento em comissão de Secretário Geral - SEGER da Câmara Municipal de Aliança do Tocantins, no exercício de 2026.</t>
+  </si>
+  <si>
+    <t>737</t>
+  </si>
+  <si>
+    <t>Nomeação do Senhor Waldemar Silveira, para cargo de Vigia da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>738</t>
+  </si>
+  <si>
+    <t>Nomeação do Senhor Enivaldo Mendes de Souza, para cargo de Vigia da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>739</t>
+  </si>
+  <si>
+    <t>Nomeação do Senhor Genivaldo Ribeiro da Silva, para cargo de Vigia da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>740</t>
+  </si>
+  <si>
+    <t>Nemeação de Girlane Maria Costa, para o cargo de Assessor Parlamentar II, da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>741</t>
+  </si>
+  <si>
+    <t>Nemeação de Jair Teles da Silva, para o cargo de Assessor Parlamentar II, da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>742</t>
+  </si>
+  <si>
+    <t>Nomeação de Ana Paula Rodrigues de Souza, para a função de Auxiliar de Serviços Gerais da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>743</t>
+  </si>
+  <si>
+    <t>Designar o servidor Raí Oliveira dos Santos, para desempenhar as funções de Recursos Humanos, acumuladas com as de Secretário Geral - SEGER da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>744</t>
+  </si>
+  <si>
+    <t>Designar o servidor Raí Oliveira dos Santos, para desempenhar as funções de Tesoureiro, acumuladas com as de Secretário Geral - SEGER da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>745</t>
+  </si>
+  <si>
+    <t>Designar o Sr. Pedro Lucas Rodrigues Reis, para o cargo de Ouvidor da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>746</t>
+  </si>
+  <si>
+    <t>Designar o Sr. Pedro Lucas Rodrigues Reis, para desempenhar as funções de Agente de Contratação, acumuladas coma as de Ouvidor da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>758</t>
+  </si>
+  <si>
+    <t>Nomeação de Eduarda Santos Ferreira, no cargo comissionado de Almoxarifado e Patrimônio da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>759</t>
+  </si>
+  <si>
+    <t>Designa o servidor Jair Teles da Silva, como Fiscal de Contratos da Câmara Municipal de Aliança do Tocantins, para o ano de 2026.</t>
+  </si>
+  <si>
+    <t>760</t>
+  </si>
+  <si>
+    <t>Declara vago o cargo de Agente Administrativo, do Quadro de Pessoal efetivo da Câmara Municipal de Aliança do Tocantins, ocupado pelo servidor Dário Rabelo, Matrícula nº 06, a partir de 05 de janeiro de 2026, em virtude de sua posse em outro cargo público inacumulável.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1116,51 +1230,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F111"/>
+  <dimension ref="A1:F128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -3348,50 +3462,390 @@
       <c r="E110" t="s">
         <v>10</v>
       </c>
       <c r="F110" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
         <v>255</v>
       </c>
       <c r="B111" t="s">
         <v>170</v>
       </c>
       <c r="C111" t="s">
         <v>59</v>
       </c>
       <c r="D111" t="s">
         <v>9</v>
       </c>
       <c r="E111" t="s">
         <v>10</v>
       </c>
       <c r="F111" t="s">
         <v>256</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6">
+      <c r="A112" t="s">
+        <v>257</v>
+      </c>
+      <c r="B112" t="s">
+        <v>170</v>
+      </c>
+      <c r="C112" t="s">
+        <v>258</v>
+      </c>
+      <c r="D112" t="s">
+        <v>9</v>
+      </c>
+      <c r="E112" t="s">
+        <v>10</v>
+      </c>
+      <c r="F112" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6">
+      <c r="A113" t="s">
+        <v>260</v>
+      </c>
+      <c r="B113" t="s">
+        <v>170</v>
+      </c>
+      <c r="C113" t="s">
+        <v>261</v>
+      </c>
+      <c r="D113" t="s">
+        <v>9</v>
+      </c>
+      <c r="E113" t="s">
+        <v>10</v>
+      </c>
+      <c r="F113" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6">
+      <c r="A114" t="s">
+        <v>263</v>
+      </c>
+      <c r="B114" t="s">
+        <v>170</v>
+      </c>
+      <c r="C114" t="s">
+        <v>264</v>
+      </c>
+      <c r="D114" t="s">
+        <v>9</v>
+      </c>
+      <c r="E114" t="s">
+        <v>10</v>
+      </c>
+      <c r="F114" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6">
+      <c r="A115" t="s">
+        <v>266</v>
+      </c>
+      <c r="B115" t="s">
+        <v>267</v>
+      </c>
+      <c r="C115" t="s">
+        <v>16</v>
+      </c>
+      <c r="D115" t="s">
+        <v>9</v>
+      </c>
+      <c r="E115" t="s">
+        <v>10</v>
+      </c>
+      <c r="F115" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6">
+      <c r="A116" t="s">
+        <v>269</v>
+      </c>
+      <c r="B116" t="s">
+        <v>267</v>
+      </c>
+      <c r="C116" t="s">
+        <v>19</v>
+      </c>
+      <c r="D116" t="s">
+        <v>9</v>
+      </c>
+      <c r="E116" t="s">
+        <v>10</v>
+      </c>
+      <c r="F116" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117" t="s">
+        <v>271</v>
+      </c>
+      <c r="B117" t="s">
+        <v>267</v>
+      </c>
+      <c r="C117" t="s">
+        <v>21</v>
+      </c>
+      <c r="D117" t="s">
+        <v>9</v>
+      </c>
+      <c r="E117" t="s">
+        <v>10</v>
+      </c>
+      <c r="F117" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6">
+      <c r="A118" t="s">
+        <v>273</v>
+      </c>
+      <c r="B118" t="s">
+        <v>267</v>
+      </c>
+      <c r="C118" t="s">
+        <v>23</v>
+      </c>
+      <c r="D118" t="s">
+        <v>9</v>
+      </c>
+      <c r="E118" t="s">
+        <v>10</v>
+      </c>
+      <c r="F118" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6">
+      <c r="A119" t="s">
+        <v>275</v>
+      </c>
+      <c r="B119" t="s">
+        <v>267</v>
+      </c>
+      <c r="C119" t="s">
+        <v>14</v>
+      </c>
+      <c r="D119" t="s">
+        <v>9</v>
+      </c>
+      <c r="E119" t="s">
+        <v>10</v>
+      </c>
+      <c r="F119" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6">
+      <c r="A120" t="s">
+        <v>277</v>
+      </c>
+      <c r="B120" t="s">
+        <v>267</v>
+      </c>
+      <c r="C120" t="s">
+        <v>26</v>
+      </c>
+      <c r="D120" t="s">
+        <v>9</v>
+      </c>
+      <c r="E120" t="s">
+        <v>10</v>
+      </c>
+      <c r="F120" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6">
+      <c r="A121" t="s">
+        <v>279</v>
+      </c>
+      <c r="B121" t="s">
+        <v>267</v>
+      </c>
+      <c r="C121" t="s">
+        <v>8</v>
+      </c>
+      <c r="D121" t="s">
+        <v>9</v>
+      </c>
+      <c r="E121" t="s">
+        <v>10</v>
+      </c>
+      <c r="F121" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6">
+      <c r="A122" t="s">
+        <v>281</v>
+      </c>
+      <c r="B122" t="s">
+        <v>267</v>
+      </c>
+      <c r="C122" t="s">
+        <v>29</v>
+      </c>
+      <c r="D122" t="s">
+        <v>9</v>
+      </c>
+      <c r="E122" t="s">
+        <v>10</v>
+      </c>
+      <c r="F122" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6">
+      <c r="A123" t="s">
+        <v>283</v>
+      </c>
+      <c r="B123" t="s">
+        <v>267</v>
+      </c>
+      <c r="C123" t="s">
+        <v>31</v>
+      </c>
+      <c r="D123" t="s">
+        <v>9</v>
+      </c>
+      <c r="E123" t="s">
+        <v>10</v>
+      </c>
+      <c r="F123" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6">
+      <c r="A124" t="s">
+        <v>285</v>
+      </c>
+      <c r="B124" t="s">
+        <v>267</v>
+      </c>
+      <c r="C124" t="s">
+        <v>32</v>
+      </c>
+      <c r="D124" t="s">
+        <v>9</v>
+      </c>
+      <c r="E124" t="s">
+        <v>10</v>
+      </c>
+      <c r="F124" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125" t="s">
+        <v>287</v>
+      </c>
+      <c r="B125" t="s">
+        <v>267</v>
+      </c>
+      <c r="C125" t="s">
+        <v>34</v>
+      </c>
+      <c r="D125" t="s">
+        <v>9</v>
+      </c>
+      <c r="E125" t="s">
+        <v>10</v>
+      </c>
+      <c r="F125" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6">
+      <c r="A126" t="s">
+        <v>289</v>
+      </c>
+      <c r="B126" t="s">
+        <v>267</v>
+      </c>
+      <c r="C126" t="s">
+        <v>37</v>
+      </c>
+      <c r="D126" t="s">
+        <v>9</v>
+      </c>
+      <c r="E126" t="s">
+        <v>10</v>
+      </c>
+      <c r="F126" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6">
+      <c r="A127" t="s">
+        <v>291</v>
+      </c>
+      <c r="B127" t="s">
+        <v>267</v>
+      </c>
+      <c r="C127" t="s">
+        <v>40</v>
+      </c>
+      <c r="D127" t="s">
+        <v>9</v>
+      </c>
+      <c r="E127" t="s">
+        <v>10</v>
+      </c>
+      <c r="F127" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6">
+      <c r="A128" t="s">
+        <v>293</v>
+      </c>
+      <c r="B128" t="s">
+        <v>267</v>
+      </c>
+      <c r="C128" t="s">
+        <v>43</v>
+      </c>
+      <c r="D128" t="s">
+        <v>9</v>
+      </c>
+      <c r="E128" t="s">
+        <v>10</v>
+      </c>
+      <c r="F128" t="s">
+        <v>294</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>