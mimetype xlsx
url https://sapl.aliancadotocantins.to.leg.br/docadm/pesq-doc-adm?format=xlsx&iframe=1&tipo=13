--- v0 (2025-11-22)
+++ v1 (2026-03-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="246" uniqueCount="113">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
@@ -304,50 +304,95 @@
     <t>Contratação de empresa para Aquisição de aparelhos de ar condicionado para atender as necessidades da Câmara Municipal de Aliança do Tocantins. Tipo: Menor Preço. Valor total R$: 32.860,00 (trinta e dois mil, oitocentos e sessenta reais).</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>Processo para aquisição de notebooks, para atender a demanda da Câmara Municipal de Aliança do Tocantins. De acordo com as condições e especificações constantes no Termo de Referência. Empresa: Oliveira &amp; Vargas Ltda - ME, CNPJ: 04.027.487/0001-57. Valor total de R$: 58.786,00 (cinquenta e oito mil, setecentos e oitenta e seis reais).</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>Contratação da empresa Coelho Neto Engenharia Ltda, CNPJ: 27.909.853/0001-05, para prestação de serviços de engenharia na elaboração de projetos e orçamento para a obra de reestruturação do prédio da Câmara Municipal de Aliança do Tocantins/TO. Vigência: 60 (sessenta) dias, contados a partir da assinatura do contrato. Valor total de R$ 47.228,00 (quarenta e sete mil, duzentos e vinte e oito reais).</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>Processo para aquisição de Purificador de água FR600 speciale na cor branco ou prata, Copos personalizados com logo institucional, material em vidro ou acrílico de alta resistência, mouse com fio retrátil 200 DPI USB, suporte para notebook articulado alumínio dobrável, e tripé universal fotográfico profissional 1,90 MT, para atender a demanda da Câmara Municipal de Aliança do Tocantins/TO.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>Processo para a contratação de empresa especializada na prestação dos seguintes serviços: Filmagem, transmissão ao vivo e arquivamento das sessões ordinárias, extraordinárias, solenes e audiências públicas; Produção de conteúdo audiovisual e cobertura institucional de eventos da Câmara Municipal; Gestão, atualização e alimentação das redes sociais oficiais; Criação e publicação de cards e artes gráficas digitais para divulgação institucional.</t>
+  </si>
+  <si>
+    <t>720</t>
+  </si>
+  <si>
+    <t>Processo para Contratação de prestação de serviços de assessoria e consultoria voltada para gestão pública, no que se refere a elaboração do Plano de Contratações Anual/2026, alinhando com o planejamento estratégico do Poder Legislativo.</t>
+  </si>
+  <si>
+    <t>780</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços de suporte técnico, com ênfase na execução, geração, transmissão e acompanhamento dos eventos da EFD-REINF (Escritura Fiscal Digital de Retenções e outras Informações Fiscais), DCTF-Web (Declaração de Débitos e Créditos Tributários Federais Previdenciários e de outras Entidades e Fundos), que unifica as informações do e-Social com as informações da EFD-REINF, a fim de atender as demandas e necessidade da Câmara Municipal de Aliança do Tocantins/TO. EMPRESA CONTRATADA: Contabilidade e Assessoria G J A Ltda, CNPJ: 42.341.825/0001-10. Valor do Contrato: R$ 38.400,00 (trinta e oito mil e quatrocentos reais). Vigência: Janeiro a dezembro de 2026.</t>
+  </si>
+  <si>
+    <t>781</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços junto ao departamento pessoal da Câmara Municipal de Aliança do Tocantins/TO, especificamente nos sistemas de gestão pública (e-Social, DIRF, Rais, folha de pagamento e SICAP-AP). EMPRESA CONTRATADA: Contabilidade e Assessoria G J A Ltda, CNPJ: 42.341.825/0001-10, Valor do Contrato: R$ 42.000,00 (quarenta e dois mil reais). Vigência: 09/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>782</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços de assessoria e alimentação do SICAP - LCO da Câmara Municipal de Aliança do Tocantins/TO. EMPRESA CONTRATADA: J de A Cruz - Consultoria, CNPJ: 64.202.318/0001-38, Valor do Contrato: R$ 42.000,00 (quarenta e dois mil reais). Vigência: 09/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>783</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços em assessoria pública junto à Câmara Municipal de Aliança do Tocantins/TO, no Setor da Controladoria Interna desta Câmara Municipal. EMPRESA CONTRATADA: R L Vanderley e Cia Ltda - ME, CNPJ: 18.644.452/0001-71, Valor do Contrato: R$ 60.000,00 (sessenta mil reais). Vigência: 09/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>784</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços na manutenção, configuração, atualização e suporte técnico do website da Câmara Municipal de Aliança do Tocantins/TO, e instrução aos servidores referente ao uso, operação e alimentação do sistema, durante o ano de 2026. EMPRESA CONTRATADA: João Batista Parente Neres, CNPJ: 18.446.097/0001-26, Valor do Contrato: R$ 24.000,00 (vinte e quatro mil reais). Vigência: 09/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>785</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços de locação, suporte e treinamento de sistema de contabilidade: software de gestão pública junto a Câmara Municipal de Aliança do Tocantins/TO. EMPRESA CONTRATADA: H. Lopes Sistemas Ltda, CNPJ: 01.689.869/0001-58, Valor do Contrato: R$ 26.400,00 (vinte e seis mil e quatrocentos reais). Vigência: 09/01/2026 a 31/12/2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -639,51 +684,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F34"/>
+  <dimension ref="A1:F41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1331,50 +1376,190 @@
       <c r="E33" t="s">
         <v>10</v>
       </c>
       <c r="F33" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>96</v>
       </c>
       <c r="B34" t="s">
         <v>80</v>
       </c>
       <c r="C34" t="s">
         <v>68</v>
       </c>
       <c r="D34" t="s">
         <v>9</v>
       </c>
       <c r="E34" t="s">
         <v>10</v>
       </c>
       <c r="F34" t="s">
         <v>97</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" t="s">
+        <v>98</v>
+      </c>
+      <c r="B35" t="s">
+        <v>80</v>
+      </c>
+      <c r="C35" t="s">
+        <v>71</v>
+      </c>
+      <c r="D35" t="s">
+        <v>9</v>
+      </c>
+      <c r="E35" t="s">
+        <v>10</v>
+      </c>
+      <c r="F35" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" t="s">
+        <v>100</v>
+      </c>
+      <c r="B36" t="s">
+        <v>101</v>
+      </c>
+      <c r="C36" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" t="s">
+        <v>9</v>
+      </c>
+      <c r="E36" t="s">
+        <v>10</v>
+      </c>
+      <c r="F36" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" t="s">
+        <v>103</v>
+      </c>
+      <c r="B37" t="s">
+        <v>101</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>9</v>
+      </c>
+      <c r="E37" t="s">
+        <v>10</v>
+      </c>
+      <c r="F37" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" t="s">
+        <v>105</v>
+      </c>
+      <c r="B38" t="s">
+        <v>101</v>
+      </c>
+      <c r="C38" t="s">
+        <v>16</v>
+      </c>
+      <c r="D38" t="s">
+        <v>9</v>
+      </c>
+      <c r="E38" t="s">
+        <v>10</v>
+      </c>
+      <c r="F38" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" t="s">
+        <v>107</v>
+      </c>
+      <c r="B39" t="s">
+        <v>101</v>
+      </c>
+      <c r="C39" t="s">
+        <v>53</v>
+      </c>
+      <c r="D39" t="s">
+        <v>9</v>
+      </c>
+      <c r="E39" t="s">
+        <v>10</v>
+      </c>
+      <c r="F39" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" t="s">
+        <v>109</v>
+      </c>
+      <c r="B40" t="s">
+        <v>101</v>
+      </c>
+      <c r="C40" t="s">
+        <v>56</v>
+      </c>
+      <c r="D40" t="s">
+        <v>9</v>
+      </c>
+      <c r="E40" t="s">
+        <v>10</v>
+      </c>
+      <c r="F40" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" t="s">
+        <v>111</v>
+      </c>
+      <c r="B41" t="s">
+        <v>101</v>
+      </c>
+      <c r="C41" t="s">
+        <v>59</v>
+      </c>
+      <c r="D41" t="s">
+        <v>9</v>
+      </c>
+      <c r="E41" t="s">
+        <v>10</v>
+      </c>
+      <c r="F41" t="s">
+        <v>112</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>