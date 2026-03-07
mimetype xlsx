--- v0 (2025-11-23)
+++ v1 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4272" uniqueCount="1502">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4710" uniqueCount="1651">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
@@ -174,51 +174,51 @@
   <si>
     <t>Apreciação e/ou julgamento das contas pelo Tribunal de Contas - Ano de 2022.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>PCBG</t>
   </si>
   <si>
     <t>Prestação de Contas (Balanço Geral)</t>
   </si>
   <si>
     <t>Prestação de Contas do Ano Anterior (Balanço Geral) - Ano de 2022.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>RAESO</t>
   </si>
   <si>
     <t>Relatório Anual Estatístico do SIC/Ouvidoria</t>
   </si>
   <si>
-    <t>Relatório anual estatístico do SIC/Ouvidoria da Câmara Municipal de Aliança do Tocantins/TO, do exercício de 2022.</t>
+    <t>Relatório anual estatístico do SIC/Ouvidoria da Câmara Municipal de Aliança do Tocantins/TO, Ano de Referência: 2022.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>Perfil Genérico dos Solicitantes do SIC da Câmara Municipal de Aliança do Tocantins (2022).</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Nomeia as Comissões Permanentes da Câmara Municipal de Aliança do Tocantins/TO, para o ano de 2022.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Designa Gilvane Maria Costa, servidora efetiva do cargo de Agente Administrativo, para sem prejuízos das atribuições de seu cargo, ocupar a função gratificada de Controle Interno desta Câmara, no ano de 2023.</t>
   </si>
   <si>
     <t>12</t>
   </si>
@@ -306,51 +306,51 @@
   <si>
     <t>93</t>
   </si>
   <si>
     <t>1.Pregão Presencial</t>
   </si>
   <si>
     <t>Prestação de serviços contábeis de orientação, assessoria e consultoria técnica, nas áreas financeira e patrimonial, no âmbito da gestão pública, para Câmara Municipal de Aliança do Tocantins.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>TAC</t>
   </si>
   <si>
     <t>1.Termo Aditivo de Contrato</t>
   </si>
   <si>
     <t>1º Termo Aditivo ao Contrato nº 008/2023, firmado entre a Câmara Municipal de Aliança do Tocantins, e a empresa Borges e Alencar Assessoria Contábil Ltda - ME, objetivando promover alterações no contrato original, decorrente do Pregão Presencial nº 001/2023, conforme disposto no referido instrumento, haja vista a necessidade da continuidade dos serviços. Objeto: Contratação de empresa visando a prestação de serviços contábeis de orientação, assessoria e consultoria técnica nas áreas financeira e patrimonial, no âmbito da gestão pública, envolvendo pesquisa e criação de solução a problemas que afetam as Comissões de Finanças e Orçamento, relacionados à área contábil, buscando a eficiência e eficácia das Comissões de Finanças e Orçamento da Câmara Municipal de Aliança do Tocantins.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>Relatório anual estatístico do SIC/Ouvidoria da Câmara Municipal de Aliança do Tocantins/TO, do exercício de 2023.</t>
+    <t>Relatório anual estatístico do SIC/Ouvidoria da Câmara Municipal de Aliança do Tocantins/TO, Ano de Referência: 2023.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>Apreciação e/ou julgamento das contas pelo Tribunal de Contas - Ano de 2023.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>Prestação de Contas do Ano Anterior (Balanço Geral) - Ano de 2023.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>Perfil Genérico dos Solicitantes do SIC da Câmara Municipal de Aliança do Tocantins (2023).</t>
   </si>
   <si>
     <t>Nomeação do Sr. Miron Ferreira Matos, como responsável pela Tesouraria desta Câmara, juntamente com o Presidente da Casa, movimentar a conta bancária da Câmara de Aliança do Tocantins, usar o gerenciador financeiro de acordo com as normas do Banco.</t>
   </si>
   <si>
     <t>14</t>
   </si>
@@ -1656,51 +1656,51 @@
   <si>
     <t>2º Termo Aditivo ao Contrato nº 012/2023, firmado entre a Câmara Municipal de Aliança do Tocantins, e a empresa H. Lopes Sistemas Eireli-EPP. Objeto: Prorrogação do contrato de prestação de serviços profissionais de manutenção e direitos de uso de software de Gestão Pública Municipal, como: contábil, folha de pagamento/RH, patrimônio, protocolo, almoxarifado/compras, frotas, e link para publicação das informações no portal da Transparência da Câmara Municipal, no período de julho a dezembro de 2024.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>Processo para contratação de empresa especializada para elaboração e alteração do Regimento Interno da Câmara Municipal de Aliança do Tocantins/TO, e atualização da Lei Orgânica do Município de Aliança do Tocantins/TO. Contratada: Empresa Marcos Correia - Sociedade Individual de Advocacia. Valor R$ 35.000,00 (trinta e cinco mil reais).</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>CONC</t>
   </si>
   <si>
     <t>1.Concorrência</t>
   </si>
   <si>
     <t>Processo de contratação de empresa para conclusão da construção do prédio da Câmara Municipal de Aliança do Tocantins/TO.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>Relatório anual estatístico do SIC/Ouvidoria da Câmara Municipal de Aliança do Tocantins/TO, do exercício de 2024.</t>
+    <t>Relatório anual estatístico do SIC/Ouvidoria da Câmara Municipal de Aliança do Tocantins/TO, Ano de Referência: 2024.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>RAPS</t>
   </si>
   <si>
     <t>Resultado Anual de Pesquisa de Satisfação</t>
   </si>
   <si>
     <t>Informamos a inexistência de respostas na pesquisa satisfação no ano de 2024.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>DGS</t>
   </si>
   <si>
     <t>Documentos em Grau de Sigilo</t>
   </si>
   <si>
     <t>Inexistência de documentos classificados em grau de sigilo, nos anos de 2023 e 2024.</t>
   </si>
@@ -3178,57 +3178,57 @@
   <si>
     <t>PEI</t>
   </si>
   <si>
     <t>Plano Estratégico Institucional</t>
   </si>
   <si>
     <t>Plano Estratégico Institucional da Câmara Municipal de Aliança do Tocantins/TO, do ano de 2025.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>DCL</t>
   </si>
   <si>
     <t>Declaração</t>
   </si>
   <si>
     <t>Atualmente esta Casa não dispõe de transmissão online das Sessões Plenárias, mas estamos dedicados a implementar esta importante melhoria a partir do mês de agosto de 2025. Esta iniciativa visa ampliar a participação cidadã e o controle social sobre os trabalhos do legislativo municipal. As transmissões serão realizadas pelas nossas redes sociais oficiais.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>Relatório anual estatístico do SIC/Ouvidoria da Câmara Municipal de Aliança do Tocantins/TO, (Parcial 2025).</t>
+    <t>Relatório anual estatístico do SIC/Ouvidoria da Câmara Municipal de Aliança do Tocantins/TO, Ano de Referência: 2025.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>Perfil Genérico dos Solicitantes do SIC da Câmara Municipal de Aliança do Tocantins (Parcial 2025).</t>
+    <t>Perfil Genérico dos Solicitantes do SIC da Câmara Municipal de Aliança do Tocantins (2025).</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>Processo para contratação de empresa especializada em obras e serviços de engenharia, para execução de reforma e ampliação do prédio da Câmara Municipal de Aliança do Tocantins/TO.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>Nomeação de Lanusa de Almeida Barbosa, para a função de Secretária Geral desta Câmara Municipal, no exercício de 2025.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>Contratação da empresa ACP Amorim Contabilidade Pública S/S Ltda., CNPJ 13.508.075/0001-20, para prestação de serviços de especializados em assessoria e consultoria com concentração em contabilidade pública, visando atender as demandas da Câmara Municipal de Aliança do Tocantins/TO, no período de janeiro a dezembro de 2025. Valor total de R$ 83.657,28 (oitenta e três mil, seiscentos e cinquenta e sete reais e vinte e oito centavos).</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>Contratação da empresa H. Lopes Sistema Eireli-EPP, CNPJ 01.689.869/0001-58, para prestação de serviços de manutenção e direitos de uso de software de gestão pública municipal como: contábil, folha de pagamento, patrimônio, protocolo, almoxarifado/compras, frotas e links para publicação das informações do portal da transparência, da Câmara Municipal de Aliança do Tocantins, no período de janeiro a dezembro de 2025. Valor total de R$ 24.000,00 (vinte e quatro mil reais).</t>
   </si>
@@ -3709,80 +3709,92 @@
   <si>
     <t>Frequência - 2ª Sessão Extraordinária - Março 2025.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>Ata nº 10-2025 - 2ª Sessão Extraordinária - Março - 2025.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>Pauta da 2ª Sessão Extraordinária de Março - 2025.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>Lista de Votação das Matérias Tramitadas - Sessões Ordinárias - Outubro/2025.</t>
   </si>
   <si>
+    <t>720</t>
+  </si>
+  <si>
+    <t>Processo para Contratação de prestação de serviços de assessoria e consultoria voltada para gestão pública, no que se refere a elaboração do Plano de Contratações Anual/2026, alinhando com o planejamento estratégico do Poder Legislativo.</t>
+  </si>
+  <si>
     <t>456</t>
   </si>
   <si>
     <t>Disciplina o horário de funcionamento e expediente da Câmara Municipal de Aliança do Tocantins, que passa a ser das 07 às 13 horas (expediente único), de segunda a sexta-feira, iniciando em 10 de fevereiro de 2025 e encerrando em 31 de dezembro de 2025.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>Frequência - 1ª Sessão Ordinária - Abril 2025.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>Ata nº 11-2025 - 1ª Sessão Ordinária - Abril - 2025.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>Pauta da 1ª Sessão Ordinária de Abril - 2025.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>Lista de Votação das Matérias Tramitadas - Sessões Ordinárias - Novembro/2025.</t>
   </si>
   <si>
+    <t>722</t>
+  </si>
+  <si>
+    <t>Sessões Ordinárias do mês de dezembro de 2025, dias 01, 02 e 03/12/2025, com início às 18 horas.</t>
+  </si>
+  <si>
     <t>458</t>
   </si>
   <si>
     <t>Nomeação da Ana Paula Rodrigues de Souza, para o cargo de Auxiliar de Serviços Gerais desta Câmara Municipal, no ano de 2025.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>Frequência - 2ª Sessão Ordinária - Abril 2025.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>Ata nº 12-2025 - 2ª Sessão Ordinária - Abril - 2025.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>Pauta da 2ª Sessão Ordinária de Abril - 2025.</t>
   </si>
   <si>
     <t>459</t>
@@ -4198,51 +4210,51 @@
   <si>
     <t>Regulamenta a aplicação da Lei Federal nº 13.709/2018 (Lei Geral de Proteção de Dados Pessoais - LGPD), no âmbito da Câmara Municipal de Aliança do Tocantins/TO, e dá outras providências.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>Ata nº 30-2025 - 2ª Sessão Ordinária - Setembro - 2025.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>Lista de Presença - 2ª Sessão Ordinária - Setembro 2025.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>Pauta da 2ª Sessão Ordinária de Setembro - 2025.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>Encarregado/responsável pelo Tratamento de Dados Pessoais da Câmara Municipal de Aliança do Tocantins/TO: JAIR TELES DA SILVA, CPF: 485.962.051-87. Canais de comunicação: Telefone: (63) 3377-1151 - E-mail: cmalianca@hotmail.com - Endereço: Rua 04, nº 114, Centro, Câmara de Aliança do Tocantins/TO.</t>
+    <t>Encarregado/responsável pelo Tratamento de Dados Pessoais da Câmara Municipal de Aliança do Tocantins/TO: JAIR TELES DA SILVA, CPF: 485.962.051-87. Canais de comunicação: Telefone: (63) 99235-8545 - E-mail: cmalianca@hotmail.com - Endereço: Rua 04, nº 114, Centro, Câmara de Aliança do Tocantins/TO.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>Ata nº 31-2025 - 3ª Sessão Ordinária - Setembro - 2025.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>Lista de Presença - 3ª Sessão Ordinária - Setembro 2025.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>Pauta da 3ª Sessão Ordinária de Setembro - 2025.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Lei Federal nº 14.129/2021, no âmbito do Poder Legislativo Municipal, para instituir o Programa de Governo Digital, e dá outras providências.</t>
   </si>
@@ -4501,66 +4513,501 @@
   <si>
     <t>714</t>
   </si>
   <si>
     <t>Pauta da 4ª Sessão Ordinária de Novembro - 2025.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>Dispõe sobre conversão em Abono Pecuniário o período de 10 (dez) dias, ou seja 1/3 das férias, a que tem direito a servidora Gilvane Maria Costa.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>Lista de Presença - 5ª Sessão Ordinária - Novembro 2025.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>Pauta da 5ª Sessão Ordinária de Novembro - 2025.</t>
   </si>
   <si>
+    <t>728</t>
+  </si>
+  <si>
+    <t>Ata nº 43-2025 - 5ª Sessão Ordinária - Novembro - 2025.</t>
+  </si>
+  <si>
     <t>710</t>
   </si>
   <si>
-    <t>Frequência - 1ª Sessão Extraordinária - Novembro 2025.</t>
+    <t>Lista de Presença - 1ª Sessão Extraordinária - Novembro 2025.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>Pauta da 1ª Sessão Extraordinária de Novembro - 2025.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>Declara ponto facultativo no âmbito da Câmara Municipal de Aliança do Tocantins, no dia 21 de novembro de 2025 (sexta-feira), em razão do feriado nacional do Dia da Consciência Negra (20/11/2025).</t>
+  </si>
+  <si>
+    <t>729</t>
+  </si>
+  <si>
+    <t>Ata nº 44-2025 - 1ª Sessão Extraordinária - Novembro - 2025.</t>
+  </si>
+  <si>
+    <t>721</t>
+  </si>
+  <si>
+    <t>Concessão de 01 (uma) diária para o vereador Dionísio Gomes Aires Filho (Dionne Aires), para viagem a capital Palmas/TO.</t>
+  </si>
+  <si>
+    <t>725</t>
+  </si>
+  <si>
+    <t>Lista de Presença - 1ª Sessão Ordinária - Dezembro 2025.</t>
+  </si>
+  <si>
+    <t>730</t>
+  </si>
+  <si>
+    <t>Ata nº 45-2025 - 1ª Sessão Ordinária - Dezembro - 2025.</t>
+  </si>
+  <si>
+    <t>723</t>
+  </si>
+  <si>
+    <t>Estabelece recesso administrativo no âmbito do Poder Legislativo Municipal de Aliança do Tocantins, entre os dias 12/12/2025 até 31/12/2025.</t>
+  </si>
+  <si>
+    <t>726</t>
+  </si>
+  <si>
+    <t>Lista de Presença - 2ª Sessão Ordinária - Dezembro 2025.</t>
+  </si>
+  <si>
+    <t>731</t>
+  </si>
+  <si>
+    <t>Ata nº 46-2025 - 2ª Sessão Ordinária - Dezembro - 2025.</t>
+  </si>
+  <si>
+    <t>724</t>
+  </si>
+  <si>
+    <t>Exoneração de todos os servidores em cargo de Confiança e/ou em Comissão da Câmara Municipal de Aliança do Tocantins, a partir de 31 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>727</t>
+  </si>
+  <si>
+    <t>Lista de Presença - 3ª Sessão Ordinária - Dezembro 2025.</t>
+  </si>
+  <si>
+    <t>732</t>
+  </si>
+  <si>
+    <t>Ata nº 47-2025 - 3ª Sessão Ordinária - Dezembro - 2025.</t>
+  </si>
+  <si>
+    <t>733</t>
+  </si>
+  <si>
+    <t>Ata nº 48-2025 - 1ª Sessão Extraordinária - Dezembro - 2025.</t>
+  </si>
+  <si>
+    <t>734</t>
+  </si>
+  <si>
+    <t>Ata nº 49-2025 - 2ª Sessão Extraordinária - Dezembro - 2025.</t>
+  </si>
+  <si>
+    <t>735</t>
+  </si>
+  <si>
+    <t>Ata nº 50-2025 - 3ª Sessão Extraordinária - Dezembro - 2025.</t>
+  </si>
+  <si>
+    <t>736</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Nomeação, a partir de 02/01/2026, Raí Oliveira dos Santos, para ocupar o cargo/função de provimento em comissão de Secretário Geral - SEGER da Câmara Municipal de Aliança do Tocantins, no exercício de 2026.</t>
+  </si>
+  <si>
+    <t>747</t>
+  </si>
+  <si>
+    <t>EC</t>
+  </si>
+  <si>
+    <t>Extrato de Contrato</t>
+  </si>
+  <si>
+    <t>Contratação da empresa Cavalcante e Fonseca Advogados Associados, CNPJ: 18.039.391/0001-13, Objeto: Serviços Técnicos Especializados de Advocacia, Consultoria e Assessoria Jurídica para a Câmara Municipal de Aliança do Tocantins/TO, Valor R$ 90.786,24 em 12 (doze) parcelas de R$ 7.565,52 mensais. Vigência: 06/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>761</t>
+  </si>
+  <si>
+    <t>Sessões Ordinárias do mês de fevereiro de 2026, dias 02, 03 e 04/02/2026, com início às 18 horas.</t>
+  </si>
+  <si>
+    <t>762</t>
+  </si>
+  <si>
+    <t>Plano de Contratação Anual da Câmara Municipal de Aliança do Tocantins/TO, PCA - 2026.</t>
+  </si>
+  <si>
+    <t>763</t>
+  </si>
+  <si>
+    <t>Exoneração de Sandy Oliveira Gorjão, responsável por cadastrar no portal do SICAP-LCO - Licitação, Contratos e Obras.</t>
+  </si>
+  <si>
+    <t>766</t>
+  </si>
+  <si>
+    <t>Lista de Presença da Sessão Ordinária do dia 02/02/2026.</t>
+  </si>
+  <si>
+    <t>769</t>
+  </si>
+  <si>
+    <t>Ata nº 01-2026 da Sessão Ordinária do dia 02/02/2026.</t>
+  </si>
+  <si>
+    <t>771</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do dia 02/02/2026.</t>
+  </si>
+  <si>
+    <t>780</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços de suporte técnico, com ênfase na execução, geração, transmissão e acompanhamento dos eventos da EFD-REINF (Escritura Fiscal Digital de Retenções e outras Informações Fiscais), DCTF-Web (Declaração de Débitos e Créditos Tributários Federais Previdenciários e de outras Entidades e Fundos), que unifica as informações do e-Social com as informações da EFD-REINF, a fim de atender as demandas e necessidade da Câmara Municipal de Aliança do Tocantins/TO. EMPRESA CONTRATADA: Contabilidade e Assessoria G J A Ltda, CNPJ: 42.341.825/0001-10. Valor do Contrato: R$ 38.400,00 (trinta e oito mil e quatrocentos reais). Vigência: Janeiro a dezembro de 2026.</t>
+  </si>
+  <si>
+    <t>786</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços técnicos especializados de advocacia, consultoria e assessoria jurídica para a Câmara Municipal de Aliança do Tocantins/TO. EMPRESA CONTRATADA: Cavalcante e Fonseca Advogados Associados, CNPJ: 18.039.391/0001-13, Valor do Contrato: R$ 90.786,24 (noventa mil, setecentos e oitenta e seis reais e vinte e quatro centavos). Vigência: 06/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>737</t>
+  </si>
+  <si>
+    <t>Nomeação do Senhor Waldemar Silveira, para cargo de Vigia da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>748</t>
+  </si>
+  <si>
+    <t>Contratação da empresa R B Barbosa Ltda, CNPJ: 32.283.738/0001-08, Objeto: Prestação de serviços profissionais de contabilidade pública na elaboração dos balancetes mensais do execício de 2026, bem como, prestação de contas de Ordenador de Despesa/2026, para a Câmara Municipal de Aliança do Tocantins/TO, Valor total R$ 90.628,72 (noventa mil, seiscentos e vinte oito reais e setenta e dois centavos). Vigência: 07/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>767</t>
+  </si>
+  <si>
+    <t>Lista de Presença da Sessão Ordinária do dia 03/02/2026.</t>
+  </si>
+  <si>
+    <t>770</t>
+  </si>
+  <si>
+    <t>Ata nº 02-2026 da Sessão Ordinária do dia 03/02/2026.</t>
+  </si>
+  <si>
+    <t>772</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do dia 03/02/2026.</t>
+  </si>
+  <si>
+    <t>781</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços junto ao departamento pessoal da Câmara Municipal de Aliança do Tocantins/TO, especificamente nos sistemas de gestão pública (e-Social, DIRF, Rais, folha de pagamento e SICAP-AP). EMPRESA CONTRATADA: Contabilidade e Assessoria G J A Ltda, CNPJ: 42.341.825/0001-10, Valor do Contrato: R$ 42.000,00 (quarenta e dois mil reais). Vigência: 09/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>787</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços profissionais de contabilidade pública na elaboração dos balancetes mensais do exercício de 2026, bem como, prestação de contas de Ordenador de Despesa/2026, para a Câmara Municipal de Aliança do Tocantins/TO. EMPRESA CONTRATADA: R B Barbosa Ltda, CNPJ: 32.283.738/0001-08, Valor do Contrato: R$ 90.628,72 (noventa mil, seiscentos e vinte oito reais e setenta e dois centavos). Vigência: 07/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>738</t>
+  </si>
+  <si>
+    <t>Nomeação do Senhor Enivaldo Mendes de Souza, para cargo de Vigia da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>749</t>
+  </si>
+  <si>
+    <t>Contratação da empresa J de A Cruz - Consultoria, CNPJ: 64.202.318/0001-38, Objeto: Prestação de serviços de assessoria e consultoria na gestão organizacional, operacional nos departamentos de planejamento, compras e licitações da Câmara Municipal de Aliança do Tocantins/TO, Valor total R$ 54.000,00 (cinquenta e quatro mil reais). Vigência: 08/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>768</t>
+  </si>
+  <si>
+    <t>Lista de Presença da Sessão Ordinária do dia 04/02/2026.</t>
+  </si>
+  <si>
+    <t>773</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do dia 04/02/2026.</t>
+  </si>
+  <si>
+    <t>782</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços de assessoria e alimentação do SICAP - LCO da Câmara Municipal de Aliança do Tocantins/TO. EMPRESA CONTRATADA: J de A Cruz - Consultoria, CNPJ: 64.202.318/0001-38, Valor do Contrato: R$ 42.000,00 (quarenta e dois mil reais). Vigência: 09/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>788</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços de assessoria e consultoria na gestão organizacional, operacional nos departamentos de planejamento, compras e licitações da Câmara Municipal de Aliança do Tocantins/TO. EMPRESA CONTRATADA: J de A Cruz - Consultoria, CNPJ: 64.202.318/0001-38, Valor do Contrato: R$ 54.000,00 (cinquenta e quatro mil reais). Vigência: 08/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>791</t>
+  </si>
+  <si>
+    <t>Ata nº 03-2026 da Sessão Ordinária do dia 03/02/2026.</t>
+  </si>
+  <si>
+    <t>739</t>
+  </si>
+  <si>
+    <t>Nomeação do Senhor Genivaldo Ribeiro da Silva, para cargo de Vigia da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>750</t>
+  </si>
+  <si>
+    <t>Contratação da empresa R B Barbosa Ltda, CNPJ: 32.283.738/0001-08, Objeto: Prestação de serviços técnicos especializados em assessoramento e consultoria junto às comissões de finanças e orçamentos e emissão de pareceres para Câmara Municipal de Aliança do Tocantins/TO, Valor total R$ 64.200,00 (sessenta e quatro mil e duzentos reais). Vigência: 07/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>774</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Extraordinária do dia 06/02/2026.</t>
+  </si>
+  <si>
+    <t>783</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços em assessoria pública junto à Câmara Municipal de Aliança do Tocantins/TO, no Setor da Controladoria Interna desta Câmara Municipal. EMPRESA CONTRATADA: R L Vanderley e Cia Ltda - ME, CNPJ: 18.644.452/0001-71, Valor do Contrato: R$ 60.000,00 (sessenta mil reais). Vigência: 09/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>789</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços técnicos especializados em assessoramento e consultoria junto às comissões de finanças e orçamentos e emissão de pareceres da Câmara Municipal de Aliança do Tocantins/TO. EMPRESA CONTRATADA: R B Barbosa Ltda, CNPJ: 32.283.738/0001-08, Valor do Contrato: R$ 64.200,00 (sessenta e quatro mil e duzentos reais). Vigência: 07/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>792</t>
+  </si>
+  <si>
+    <t>Lista de Presença da Sessão Extraordinária do dia 06/02/2026.</t>
+  </si>
+  <si>
+    <t>740</t>
+  </si>
+  <si>
+    <t>Nemeação de Girlane Maria Costa, para o cargo de Assessor Parlamentar II, da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>751</t>
+  </si>
+  <si>
+    <t>Contratação da empresa Contabilidade e Assessoria G J A Ltda, CNPJ: 42.341.825/0001-10, Objeto: Prestação de serviços de suporte técnico, com ênfase na execução, geração, transmissão e acompanhamento dos eventos da EFD-REINF (Escritura Fiscal Digital de Retenções e outras Informações Fiscais), DCTF-Web (Declaração de Débitos e Créditos Tributários Federais Previdenciários e de outras Entidades e Fundos), que unifica as informações do e-Social com as informações da EFD-REINF,  para Câmara Municipal de Aliança do Tocantins/TO, Valor total R$ 38.400,00 (trinta e oito mil e quatrocentos reais). Vigência: 09/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>784</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços na manutenção, configuração, atualização e suporte técnico do website da Câmara Municipal de Aliança do Tocantins/TO, e instrução aos servidores referente ao uso, operação e alimentação do sistema, durante o ano de 2026. EMPRESA CONTRATADA: João Batista Parente Neres, CNPJ: 18.446.097/0001-26, Valor do Contrato: R$ 24.000,00 (vinte e quatro mil reais). Vigência: 09/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>790</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços técnicos profissionais de assessoramento jurídico administrativo, com ênfase em pareceres na área constitucional, legislativa, e processos licitatórios, nos termos da legislação aplicada para assessoramento da Câmara Municipal de Aliança do Tocantins/TO. EMPRESA CONTRATADA: Anecir Vasconcelos - Sociedade Individual de Advocacia, CNPJ: 41.559.083/0001-30, Valor do Contrato: R$ 60.000,00 (sessenta mil reais). Vigência: 08/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>741</t>
+  </si>
+  <si>
+    <t>Nemeação de Jair Teles da Silva, para o cargo de Assessor Parlamentar II, da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>752</t>
+  </si>
+  <si>
+    <t>Contratação da empresa Contabilidade e Assessoria G J A Ltda, CNPJ: 42.341.825/0001-10, Objeto: Prestação de serviços junto ao departamento pessoal da Câmara Municipal de Aliança do Tocantins/TO, especificamente nos sistemas de gestão pública (e-Social, dirf, rais, folha de pagamento e sicap-ap). Valor total R$ 42.000,00 (quarenta e dois mil reais). Vigência: 09/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>785</t>
+  </si>
+  <si>
+    <t>Processo para contratação de empresa para prestação de serviços de locação, suporte e treinamento de sistema de contabilidade: software de gestão pública junto a Câmara Municipal de Aliança do Tocantins/TO. EMPRESA CONTRATADA: H. Lopes Sistemas Ltda, CNPJ: 01.689.869/0001-58, Valor do Contrato: R$ 26.400,00 (vinte e seis mil e quatrocentos reais). Vigência: 09/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>742</t>
+  </si>
+  <si>
+    <t>Nomeação de Ana Paula Rodrigues de Souza, para a função de Auxiliar de Serviços Gerais da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>753</t>
+  </si>
+  <si>
+    <t>Contratação da empresa J de A Cruz - Consultoria, CNPJ: 64.202.318/0001-38, Objeto: Prestação de serviços de assessoria e alimentação do SICAP - LCO da Câmara Municipal de Aliança do Tocantins/TO. Valor total R$ 42.000,00 (quarenta e dois mil reais). Vigência: 09/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>743</t>
+  </si>
+  <si>
+    <t>Designar o servidor Raí Oliveira dos Santos, para desempenhar as funções de Recursos Humanos, acumuladas com as de Secretário Geral - SEGER da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>754</t>
+  </si>
+  <si>
+    <t>Contratação da empresa Anecir Vasconcelos - Sociedade Individual de Advocacia, CNPJ: 41.559.083/0001-30, Objeto: Prestação de serviços profissionais de assessoramento jurídico administrativo, com ênfase em pareceres na área constitucional, legislativa, e processos licitatórios, nos termos da legislação aplicada para assessoramento da Câmara Municipal de Aliança do Tocantins/TO. Valor total R$ 60.000,00 (sessenta mil reais). Vigência: 08/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>744</t>
+  </si>
+  <si>
+    <t>Designar o servidor Raí Oliveira dos Santos, para desempenhar as funções de Tesoureiro, acumuladas com as de Secretário Geral - SEGER da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>755</t>
+  </si>
+  <si>
+    <t>Contratação da empresa R L Vanderley e Cia Ltda - ME, CNPJ: 18.644.452/0001-71, Objeto: Prestação de serviços em assessoria pública junto à Câmara Municipal de Aliança do Tocantins/TO, no setor da controladoria interna desta Câmara Municipal. Valor total R$ 60.000,00 (sessenta mil reais). Vigência: 09/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>745</t>
+  </si>
+  <si>
+    <t>Designar o Sr. Pedro Lucas Rodrigues Reis, para o cargo de Ouvidor da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>756</t>
+  </si>
+  <si>
+    <t>Contratação da empresa João Batista Parente Neres, CNPJ: 18.446.097/0001-26, Objeto: Prestação de serviços na manutenção, configuração, atualização e suporte técnico do website da Câmara Municipal de Aliança do Tocantins/TO, e instrução aos servidores referente ao uso, operação e alimentação do sistema, durante o ano de 2026. Valor total R$ 24.000,00 (vinte e quatro mil reais). Vigência: 09/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>746</t>
+  </si>
+  <si>
+    <t>Designar o Sr. Pedro Lucas Rodrigues Reis, para desempenhar as funções de Agente de Contratação, acumuladas coma as de Ouvidor da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>757</t>
+  </si>
+  <si>
+    <t>Contratação da empresa H. Lopes Sistemas Ltda, CNPJ: 01.689.869/0001-58, Objeto: Prestação de serviços de locação, suporte e treinamento de sistema de contabilidade software de gestão pública junto a Câmara Municipal de Aliança do Tocantins/TO. Valor total R$ 26.400,00 (vinte e seis mil e quatrocentos reais). Vigência: 09/01/2026 a 31/12/2026.</t>
+  </si>
+  <si>
+    <t>758</t>
+  </si>
+  <si>
+    <t>Nomeação de Eduarda Santos Ferreira, no cargo comissionado de Almoxarifado e Patrimônio da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>759</t>
+  </si>
+  <si>
+    <t>Designa o servidor Jair Teles da Silva, como Fiscal de Contratos da Câmara Municipal de Aliança do Tocantins, para o ano de 2026.</t>
+  </si>
+  <si>
+    <t>760</t>
+  </si>
+  <si>
+    <t>Declara vago o cargo de Agente Administrativo, do Quadro de Pessoal efetivo da Câmara Municipal de Aliança do Tocantins, ocupado pelo servidor Dário Rabelo, Matrícula nº 06, a partir de 05 de janeiro de 2026, em virtude de sua posse em outro cargo público inacumulável.</t>
+  </si>
+  <si>
+    <t>764</t>
+  </si>
+  <si>
+    <t>Designa o servidor Pedro Lucas Rodrigues Reis, para atuar como responsável/gestor da Câmara Municipal de Aliança do Tocantins, perante o Sistema de Cadastro Único - CADUN, do Tribunal de Contas do Estado do Tocantins.</t>
+  </si>
+  <si>
+    <t>765</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a nomeação das Comissões Permanentes da Câmara Municipal de Aliança do Tocantins, para o exercício de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>775</t>
+  </si>
+  <si>
+    <t>Exoneração do Sr. Jair Teles da Silva, do cargo de Assessor Parlamentar II da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>776</t>
+  </si>
+  <si>
+    <t>Exoneração da Sra. Girlane Maria Costa, do cargo de Assessor Parlamentar II da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>777</t>
+  </si>
+  <si>
+    <t>Nomeação de Jair Teles da Silva, para exercer o cargo em comissão de Agente de Vigilância Patrimonial da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>778</t>
+  </si>
+  <si>
+    <t>Nomeação de Girlane Maria Costa, para exercer o cargo em comissão de Agente de Apoio Administrativo da Câmara Municipal de Aliança do Tocantins.</t>
+  </si>
+  <si>
+    <t>779</t>
+  </si>
+  <si>
+    <t>Declara ponto facultativo o expediente e o funcionamento das atividades administrativas e legislativas da Câmara Municipal de Aliança do Tocantins/TO, nos dias 16, 17 e 18 de fevereiro de 2026, retornando às atividades no dia 19/02/2026 (quinta-feira).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -4852,51 +5299,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F712"/>
+  <dimension ref="A1:F785"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -16414,2740 +16861,4200 @@
       </c>
       <c r="B577" t="s">
         <v>973</v>
       </c>
       <c r="C577" t="s">
         <v>199</v>
       </c>
       <c r="D577" t="s">
         <v>565</v>
       </c>
       <c r="E577" t="s">
         <v>566</v>
       </c>
       <c r="F577" t="s">
         <v>1231</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
         <v>1232</v>
       </c>
       <c r="B578" t="s">
         <v>973</v>
       </c>
       <c r="C578" t="s">
-        <v>209</v>
+        <v>199</v>
       </c>
       <c r="D578" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
       <c r="E578" t="s">
-        <v>42</v>
+        <v>88</v>
       </c>
       <c r="F578" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
         <v>1234</v>
       </c>
       <c r="B579" t="s">
         <v>973</v>
       </c>
       <c r="C579" t="s">
         <v>209</v>
       </c>
       <c r="D579" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="E579" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="F579" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
         <v>1236</v>
       </c>
       <c r="B580" t="s">
         <v>973</v>
       </c>
       <c r="C580" t="s">
         <v>209</v>
       </c>
       <c r="D580" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E580" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F580" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
         <v>1238</v>
       </c>
       <c r="B581" t="s">
         <v>973</v>
       </c>
       <c r="C581" t="s">
         <v>209</v>
       </c>
       <c r="D581" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="E581" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="F581" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
         <v>1240</v>
       </c>
       <c r="B582" t="s">
         <v>973</v>
       </c>
       <c r="C582" t="s">
         <v>209</v>
       </c>
       <c r="D582" t="s">
-        <v>565</v>
+        <v>75</v>
       </c>
       <c r="E582" t="s">
-        <v>566</v>
+        <v>76</v>
       </c>
       <c r="F582" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
         <v>1242</v>
       </c>
       <c r="B583" t="s">
         <v>973</v>
       </c>
       <c r="C583" t="s">
-        <v>62</v>
+        <v>209</v>
       </c>
       <c r="D583" t="s">
-        <v>41</v>
+        <v>565</v>
       </c>
       <c r="E583" t="s">
-        <v>42</v>
+        <v>566</v>
       </c>
       <c r="F583" t="s">
         <v>1243</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
         <v>1244</v>
       </c>
       <c r="B584" t="s">
         <v>973</v>
       </c>
       <c r="C584" t="s">
-        <v>62</v>
+        <v>209</v>
       </c>
       <c r="D584" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E584" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="F584" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
         <v>1246</v>
       </c>
       <c r="B585" t="s">
         <v>973</v>
       </c>
       <c r="C585" t="s">
         <v>62</v>
       </c>
       <c r="D585" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E585" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F585" t="s">
         <v>1247</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
         <v>1248</v>
       </c>
       <c r="B586" t="s">
         <v>973</v>
       </c>
       <c r="C586" t="s">
         <v>62</v>
       </c>
       <c r="D586" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E586" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F586" t="s">
         <v>1249</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
         <v>1250</v>
       </c>
       <c r="B587" t="s">
         <v>973</v>
       </c>
       <c r="C587" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="D587" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E587" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F587" t="s">
         <v>1251</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
         <v>1252</v>
       </c>
       <c r="B588" t="s">
         <v>973</v>
       </c>
       <c r="C588" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="D588" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E588" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F588" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
         <v>1254</v>
       </c>
       <c r="B589" t="s">
         <v>973</v>
       </c>
       <c r="C589" t="s">
         <v>66</v>
       </c>
       <c r="D589" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E589" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F589" t="s">
         <v>1255</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
         <v>1256</v>
       </c>
       <c r="B590" t="s">
         <v>973</v>
       </c>
       <c r="C590" t="s">
         <v>66</v>
       </c>
       <c r="D590" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E590" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F590" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
         <v>1258</v>
       </c>
       <c r="B591" t="s">
         <v>973</v>
       </c>
       <c r="C591" t="s">
-        <v>106</v>
+        <v>66</v>
       </c>
       <c r="D591" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E591" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F591" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
         <v>1260</v>
       </c>
       <c r="B592" t="s">
         <v>973</v>
       </c>
       <c r="C592" t="s">
-        <v>106</v>
+        <v>66</v>
       </c>
       <c r="D592" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E592" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F592" t="s">
         <v>1261</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
         <v>1262</v>
       </c>
       <c r="B593" t="s">
         <v>973</v>
       </c>
       <c r="C593" t="s">
         <v>106</v>
       </c>
       <c r="D593" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E593" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F593" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
         <v>1264</v>
       </c>
       <c r="B594" t="s">
         <v>973</v>
       </c>
       <c r="C594" t="s">
         <v>106</v>
       </c>
       <c r="D594" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E594" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F594" t="s">
         <v>1265</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
         <v>1266</v>
       </c>
       <c r="B595" t="s">
         <v>973</v>
       </c>
       <c r="C595" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D595" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E595" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F595" t="s">
         <v>1267</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
         <v>1268</v>
       </c>
       <c r="B596" t="s">
         <v>973</v>
       </c>
       <c r="C596" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D596" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E596" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F596" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
         <v>1270</v>
       </c>
       <c r="B597" t="s">
         <v>973</v>
       </c>
       <c r="C597" t="s">
         <v>108</v>
       </c>
       <c r="D597" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="E597" t="s">
-        <v>76</v>
+        <v>42</v>
       </c>
       <c r="F597" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
         <v>1272</v>
       </c>
       <c r="B598" t="s">
         <v>973</v>
       </c>
       <c r="C598" t="s">
         <v>108</v>
       </c>
       <c r="D598" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E598" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F598" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
         <v>1274</v>
       </c>
       <c r="B599" t="s">
         <v>973</v>
       </c>
       <c r="C599" t="s">
-        <v>124</v>
+        <v>108</v>
       </c>
       <c r="D599" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="E599" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="F599" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
         <v>1276</v>
       </c>
       <c r="B600" t="s">
         <v>973</v>
       </c>
       <c r="C600" t="s">
-        <v>124</v>
+        <v>108</v>
       </c>
       <c r="D600" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="E600" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="F600" t="s">
         <v>1277</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
         <v>1278</v>
       </c>
       <c r="B601" t="s">
         <v>973</v>
       </c>
       <c r="C601" t="s">
         <v>124</v>
       </c>
       <c r="D601" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E601" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F601" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
         <v>1280</v>
       </c>
       <c r="B602" t="s">
         <v>973</v>
       </c>
       <c r="C602" t="s">
         <v>124</v>
       </c>
       <c r="D602" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E602" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F602" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
         <v>1282</v>
       </c>
       <c r="B603" t="s">
         <v>973</v>
       </c>
       <c r="C603" t="s">
-        <v>219</v>
+        <v>124</v>
       </c>
       <c r="D603" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E603" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F603" t="s">
         <v>1283</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
         <v>1284</v>
       </c>
       <c r="B604" t="s">
         <v>973</v>
       </c>
       <c r="C604" t="s">
-        <v>219</v>
+        <v>124</v>
       </c>
       <c r="D604" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E604" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F604" t="s">
         <v>1285</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
         <v>1286</v>
       </c>
       <c r="B605" t="s">
         <v>973</v>
       </c>
       <c r="C605" t="s">
         <v>219</v>
       </c>
       <c r="D605" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E605" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F605" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
         <v>1288</v>
       </c>
       <c r="B606" t="s">
         <v>973</v>
       </c>
       <c r="C606" t="s">
         <v>219</v>
       </c>
       <c r="D606" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E606" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F606" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
         <v>1290</v>
       </c>
       <c r="B607" t="s">
         <v>973</v>
       </c>
       <c r="C607" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="D607" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E607" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F607" t="s">
         <v>1291</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
         <v>1292</v>
       </c>
       <c r="B608" t="s">
         <v>973</v>
       </c>
       <c r="C608" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="D608" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E608" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F608" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
         <v>1294</v>
       </c>
       <c r="B609" t="s">
         <v>973</v>
       </c>
       <c r="C609" t="s">
         <v>229</v>
       </c>
       <c r="D609" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E609" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F609" t="s">
         <v>1295</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
         <v>1296</v>
       </c>
       <c r="B610" t="s">
         <v>973</v>
       </c>
       <c r="C610" t="s">
         <v>229</v>
       </c>
       <c r="D610" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E610" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F610" t="s">
         <v>1297</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
         <v>1298</v>
       </c>
       <c r="B611" t="s">
         <v>973</v>
       </c>
       <c r="C611" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="D611" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E611" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F611" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
         <v>1300</v>
       </c>
       <c r="B612" t="s">
         <v>973</v>
       </c>
       <c r="C612" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="D612" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E612" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F612" t="s">
         <v>1301</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
         <v>1302</v>
       </c>
       <c r="B613" t="s">
         <v>973</v>
       </c>
       <c r="C613" t="s">
         <v>239</v>
       </c>
       <c r="D613" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E613" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F613" t="s">
         <v>1303</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
         <v>1304</v>
       </c>
       <c r="B614" t="s">
         <v>973</v>
       </c>
       <c r="C614" t="s">
         <v>239</v>
       </c>
       <c r="D614" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E614" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F614" t="s">
         <v>1305</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
         <v>1306</v>
       </c>
       <c r="B615" t="s">
         <v>973</v>
       </c>
       <c r="C615" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="D615" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E615" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F615" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
         <v>1308</v>
       </c>
       <c r="B616" t="s">
         <v>973</v>
       </c>
       <c r="C616" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="D616" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E616" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F616" t="s">
         <v>1309</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
         <v>1310</v>
       </c>
       <c r="B617" t="s">
         <v>973</v>
       </c>
       <c r="C617" t="s">
         <v>249</v>
       </c>
       <c r="D617" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="E617" t="s">
-        <v>76</v>
+        <v>42</v>
       </c>
       <c r="F617" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
         <v>1312</v>
       </c>
       <c r="B618" t="s">
         <v>973</v>
       </c>
       <c r="C618" t="s">
         <v>249</v>
       </c>
       <c r="D618" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E618" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F618" t="s">
         <v>1313</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
         <v>1314</v>
       </c>
       <c r="B619" t="s">
         <v>973</v>
       </c>
       <c r="C619" t="s">
-        <v>70</v>
+        <v>249</v>
       </c>
       <c r="D619" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="E619" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="F619" t="s">
         <v>1315</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
         <v>1316</v>
       </c>
       <c r="B620" t="s">
         <v>973</v>
       </c>
       <c r="C620" t="s">
-        <v>70</v>
+        <v>249</v>
       </c>
       <c r="D620" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="E620" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="F620" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
         <v>1318</v>
       </c>
       <c r="B621" t="s">
         <v>973</v>
       </c>
       <c r="C621" t="s">
         <v>70</v>
       </c>
       <c r="D621" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E621" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F621" t="s">
         <v>1319</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
         <v>1320</v>
       </c>
       <c r="B622" t="s">
         <v>973</v>
       </c>
       <c r="C622" t="s">
         <v>70</v>
       </c>
       <c r="D622" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E622" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F622" t="s">
         <v>1321</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
         <v>1322</v>
       </c>
       <c r="B623" t="s">
         <v>973</v>
       </c>
       <c r="C623" t="s">
-        <v>304</v>
+        <v>70</v>
       </c>
       <c r="D623" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E623" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F623" t="s">
         <v>1323</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
         <v>1324</v>
       </c>
       <c r="B624" t="s">
         <v>973</v>
       </c>
       <c r="C624" t="s">
-        <v>304</v>
+        <v>70</v>
       </c>
       <c r="D624" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E624" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F624" t="s">
         <v>1325</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
         <v>1326</v>
       </c>
       <c r="B625" t="s">
         <v>973</v>
       </c>
       <c r="C625" t="s">
         <v>304</v>
       </c>
       <c r="D625" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E625" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F625" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
         <v>1328</v>
       </c>
       <c r="B626" t="s">
         <v>973</v>
       </c>
       <c r="C626" t="s">
         <v>304</v>
       </c>
       <c r="D626" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E626" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F626" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
         <v>1330</v>
       </c>
       <c r="B627" t="s">
         <v>973</v>
       </c>
       <c r="C627" t="s">
-        <v>257</v>
+        <v>304</v>
       </c>
       <c r="D627" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E627" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F627" t="s">
         <v>1331</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
         <v>1332</v>
       </c>
       <c r="B628" t="s">
         <v>973</v>
       </c>
       <c r="C628" t="s">
-        <v>257</v>
+        <v>304</v>
       </c>
       <c r="D628" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E628" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F628" t="s">
         <v>1333</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
         <v>1334</v>
       </c>
       <c r="B629" t="s">
         <v>973</v>
       </c>
       <c r="C629" t="s">
         <v>257</v>
       </c>
       <c r="D629" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E629" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F629" t="s">
         <v>1335</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
         <v>1336</v>
       </c>
       <c r="B630" t="s">
         <v>973</v>
       </c>
       <c r="C630" t="s">
         <v>257</v>
       </c>
       <c r="D630" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E630" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F630" t="s">
         <v>1337</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
         <v>1338</v>
       </c>
       <c r="B631" t="s">
         <v>973</v>
       </c>
       <c r="C631" t="s">
-        <v>110</v>
+        <v>257</v>
       </c>
       <c r="D631" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E631" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F631" t="s">
         <v>1339</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
         <v>1340</v>
       </c>
       <c r="B632" t="s">
         <v>973</v>
       </c>
       <c r="C632" t="s">
-        <v>110</v>
+        <v>257</v>
       </c>
       <c r="D632" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E632" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F632" t="s">
         <v>1341</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
         <v>1342</v>
       </c>
       <c r="B633" t="s">
         <v>973</v>
       </c>
       <c r="C633" t="s">
         <v>110</v>
       </c>
       <c r="D633" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E633" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F633" t="s">
         <v>1343</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
         <v>1344</v>
       </c>
       <c r="B634" t="s">
         <v>973</v>
       </c>
       <c r="C634" t="s">
         <v>110</v>
       </c>
       <c r="D634" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E634" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F634" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
         <v>1346</v>
       </c>
       <c r="B635" t="s">
         <v>973</v>
       </c>
       <c r="C635" t="s">
-        <v>140</v>
+        <v>110</v>
       </c>
       <c r="D635" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E635" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F635" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
         <v>1348</v>
       </c>
       <c r="B636" t="s">
         <v>973</v>
       </c>
       <c r="C636" t="s">
-        <v>140</v>
+        <v>110</v>
       </c>
       <c r="D636" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E636" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F636" t="s">
         <v>1349</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
         <v>1350</v>
       </c>
       <c r="B637" t="s">
         <v>973</v>
       </c>
       <c r="C637" t="s">
         <v>140</v>
       </c>
       <c r="D637" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="E637" t="s">
-        <v>76</v>
+        <v>42</v>
       </c>
       <c r="F637" t="s">
         <v>1351</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
         <v>1352</v>
       </c>
       <c r="B638" t="s">
         <v>973</v>
       </c>
       <c r="C638" t="s">
         <v>140</v>
       </c>
       <c r="D638" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E638" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F638" t="s">
         <v>1353</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
         <v>1354</v>
       </c>
       <c r="B639" t="s">
         <v>973</v>
       </c>
       <c r="C639" t="s">
-        <v>126</v>
+        <v>140</v>
       </c>
       <c r="D639" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="E639" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="F639" t="s">
         <v>1355</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
         <v>1356</v>
       </c>
       <c r="B640" t="s">
         <v>973</v>
       </c>
       <c r="C640" t="s">
-        <v>126</v>
+        <v>140</v>
       </c>
       <c r="D640" t="s">
         <v>63</v>
       </c>
       <c r="E640" t="s">
         <v>64</v>
       </c>
       <c r="F640" t="s">
         <v>1357</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
         <v>1358</v>
       </c>
       <c r="B641" t="s">
         <v>973</v>
       </c>
       <c r="C641" t="s">
         <v>126</v>
       </c>
       <c r="D641" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="E641" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="F641" t="s">
         <v>1359</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
         <v>1360</v>
       </c>
       <c r="B642" t="s">
         <v>973</v>
       </c>
       <c r="C642" t="s">
         <v>126</v>
       </c>
       <c r="D642" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="E642" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="F642" t="s">
         <v>1361</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
         <v>1362</v>
       </c>
       <c r="B643" t="s">
         <v>973</v>
       </c>
       <c r="C643" t="s">
-        <v>74</v>
+        <v>126</v>
       </c>
       <c r="D643" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="E643" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="F643" t="s">
         <v>1363</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
         <v>1364</v>
       </c>
       <c r="B644" t="s">
         <v>973</v>
       </c>
       <c r="C644" t="s">
-        <v>74</v>
+        <v>126</v>
       </c>
       <c r="D644" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="E644" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="F644" t="s">
         <v>1365</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
         <v>1366</v>
       </c>
       <c r="B645" t="s">
         <v>973</v>
       </c>
       <c r="C645" t="s">
         <v>74</v>
       </c>
       <c r="D645" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="E645" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="F645" t="s">
         <v>1367</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
         <v>1368</v>
       </c>
       <c r="B646" t="s">
         <v>973</v>
       </c>
       <c r="C646" t="s">
         <v>74</v>
       </c>
       <c r="D646" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="E646" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="F646" t="s">
         <v>1369</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
         <v>1370</v>
       </c>
       <c r="B647" t="s">
         <v>973</v>
       </c>
       <c r="C647" t="s">
-        <v>112</v>
+        <v>74</v>
       </c>
       <c r="D647" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="E647" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="F647" t="s">
         <v>1371</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
         <v>1372</v>
       </c>
       <c r="B648" t="s">
         <v>973</v>
       </c>
       <c r="C648" t="s">
-        <v>112</v>
+        <v>74</v>
       </c>
       <c r="D648" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E648" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F648" t="s">
         <v>1373</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
         <v>1374</v>
       </c>
       <c r="B649" t="s">
         <v>973</v>
       </c>
       <c r="C649" t="s">
         <v>112</v>
       </c>
       <c r="D649" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="E649" t="s">
-        <v>76</v>
+        <v>42</v>
       </c>
       <c r="F649" t="s">
         <v>1375</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
         <v>1376</v>
       </c>
       <c r="B650" t="s">
         <v>973</v>
       </c>
       <c r="C650" t="s">
         <v>112</v>
       </c>
       <c r="D650" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E650" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F650" t="s">
         <v>1377</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
         <v>1378</v>
       </c>
       <c r="B651" t="s">
         <v>973</v>
       </c>
       <c r="C651" t="s">
-        <v>153</v>
+        <v>112</v>
       </c>
       <c r="D651" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="E651" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="F651" t="s">
         <v>1379</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
         <v>1380</v>
       </c>
       <c r="B652" t="s">
         <v>973</v>
       </c>
       <c r="C652" t="s">
-        <v>153</v>
+        <v>112</v>
       </c>
       <c r="D652" t="s">
         <v>63</v>
       </c>
       <c r="E652" t="s">
         <v>64</v>
       </c>
       <c r="F652" t="s">
         <v>1381</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
         <v>1382</v>
       </c>
       <c r="B653" t="s">
         <v>973</v>
       </c>
       <c r="C653" t="s">
         <v>153</v>
       </c>
       <c r="D653" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="E653" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="F653" t="s">
         <v>1383</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
         <v>1384</v>
       </c>
       <c r="B654" t="s">
         <v>973</v>
       </c>
       <c r="C654" t="s">
         <v>153</v>
       </c>
       <c r="D654" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="E654" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="F654" t="s">
         <v>1385</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
         <v>1386</v>
       </c>
       <c r="B655" t="s">
         <v>973</v>
       </c>
       <c r="C655" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="D655" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="E655" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="F655" t="s">
         <v>1387</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
         <v>1388</v>
       </c>
       <c r="B656" t="s">
         <v>973</v>
       </c>
       <c r="C656" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="D656" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="E656" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="F656" t="s">
         <v>1389</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
         <v>1390</v>
       </c>
       <c r="B657" t="s">
         <v>973</v>
       </c>
       <c r="C657" t="s">
         <v>142</v>
       </c>
       <c r="D657" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="E657" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="F657" t="s">
         <v>1391</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
         <v>1392</v>
       </c>
       <c r="B658" t="s">
         <v>973</v>
       </c>
       <c r="C658" t="s">
         <v>142</v>
       </c>
       <c r="D658" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="E658" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="F658" t="s">
         <v>1393</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
         <v>1394</v>
       </c>
       <c r="B659" t="s">
         <v>973</v>
       </c>
       <c r="C659" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="D659" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="E659" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="F659" t="s">
         <v>1395</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
         <v>1396</v>
       </c>
       <c r="B660" t="s">
         <v>973</v>
       </c>
       <c r="C660" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="D660" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="E660" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="F660" t="s">
         <v>1397</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
         <v>1398</v>
       </c>
       <c r="B661" t="s">
         <v>973</v>
       </c>
       <c r="C661" t="s">
         <v>155</v>
       </c>
       <c r="D661" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="E661" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="F661" t="s">
         <v>1399</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
         <v>1400</v>
       </c>
       <c r="B662" t="s">
         <v>973</v>
       </c>
       <c r="C662" t="s">
         <v>155</v>
       </c>
       <c r="D662" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="E662" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="F662" t="s">
         <v>1401</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
         <v>1402</v>
       </c>
       <c r="B663" t="s">
         <v>973</v>
       </c>
       <c r="C663" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="D663" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="E663" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="F663" t="s">
         <v>1403</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
         <v>1404</v>
       </c>
       <c r="B664" t="s">
         <v>973</v>
       </c>
       <c r="C664" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="D664" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E664" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F664" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
         <v>1406</v>
       </c>
       <c r="B665" t="s">
         <v>973</v>
       </c>
       <c r="C665" t="s">
         <v>163</v>
       </c>
       <c r="D665" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="E665" t="s">
-        <v>76</v>
+        <v>42</v>
       </c>
       <c r="F665" t="s">
         <v>1407</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" t="s">
         <v>1408</v>
       </c>
       <c r="B666" t="s">
         <v>973</v>
       </c>
       <c r="C666" t="s">
         <v>163</v>
       </c>
       <c r="D666" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E666" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F666" t="s">
         <v>1409</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" t="s">
         <v>1410</v>
       </c>
       <c r="B667" t="s">
         <v>973</v>
       </c>
       <c r="C667" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="D667" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="E667" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="F667" t="s">
         <v>1411</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" t="s">
         <v>1412</v>
       </c>
       <c r="B668" t="s">
         <v>973</v>
       </c>
       <c r="C668" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="D668" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="E668" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="F668" t="s">
         <v>1413</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" t="s">
         <v>1414</v>
       </c>
       <c r="B669" t="s">
         <v>973</v>
       </c>
       <c r="C669" t="s">
         <v>172</v>
       </c>
       <c r="D669" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E669" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F669" t="s">
         <v>1415</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" t="s">
         <v>1416</v>
       </c>
       <c r="B670" t="s">
         <v>973</v>
       </c>
       <c r="C670" t="s">
         <v>172</v>
       </c>
       <c r="D670" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E670" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F670" t="s">
         <v>1417</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" t="s">
         <v>1418</v>
       </c>
       <c r="B671" t="s">
         <v>973</v>
       </c>
       <c r="C671" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D671" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E671" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F671" t="s">
         <v>1419</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" t="s">
         <v>1420</v>
       </c>
       <c r="B672" t="s">
         <v>973</v>
       </c>
       <c r="C672" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D672" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E672" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F672" t="s">
         <v>1421</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" t="s">
         <v>1422</v>
       </c>
       <c r="B673" t="s">
         <v>973</v>
       </c>
       <c r="C673" t="s">
         <v>174</v>
       </c>
       <c r="D673" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="E673" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="F673" t="s">
         <v>1423</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" t="s">
         <v>1424</v>
       </c>
       <c r="B674" t="s">
         <v>973</v>
       </c>
       <c r="C674" t="s">
         <v>174</v>
       </c>
       <c r="D674" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="E674" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="F674" t="s">
         <v>1425</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" t="s">
         <v>1426</v>
       </c>
       <c r="B675" t="s">
         <v>973</v>
       </c>
       <c r="C675" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="D675" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="E675" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="F675" t="s">
         <v>1427</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" t="s">
         <v>1428</v>
       </c>
       <c r="B676" t="s">
         <v>973</v>
       </c>
       <c r="C676" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="D676" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="E676" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="F676" t="s">
         <v>1429</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" t="s">
         <v>1430</v>
       </c>
       <c r="B677" t="s">
         <v>973</v>
       </c>
       <c r="C677" t="s">
         <v>182</v>
       </c>
       <c r="D677" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="E677" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="F677" t="s">
         <v>1431</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" t="s">
         <v>1432</v>
       </c>
       <c r="B678" t="s">
         <v>973</v>
       </c>
       <c r="C678" t="s">
         <v>182</v>
       </c>
       <c r="D678" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="E678" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="F678" t="s">
         <v>1433</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" t="s">
         <v>1434</v>
       </c>
       <c r="B679" t="s">
         <v>973</v>
       </c>
       <c r="C679" t="s">
-        <v>128</v>
+        <v>182</v>
       </c>
       <c r="D679" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="E679" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="F679" t="s">
         <v>1435</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" t="s">
         <v>1436</v>
       </c>
       <c r="B680" t="s">
         <v>973</v>
       </c>
       <c r="C680" t="s">
-        <v>128</v>
+        <v>182</v>
       </c>
       <c r="D680" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="E680" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="F680" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" t="s">
         <v>1438</v>
       </c>
       <c r="B681" t="s">
         <v>973</v>
       </c>
       <c r="C681" t="s">
         <v>128</v>
       </c>
       <c r="D681" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="E681" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="F681" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" t="s">
         <v>1440</v>
       </c>
       <c r="B682" t="s">
         <v>973</v>
       </c>
       <c r="C682" t="s">
         <v>128</v>
       </c>
       <c r="D682" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="E682" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="F682" t="s">
         <v>1441</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" t="s">
         <v>1442</v>
       </c>
       <c r="B683" t="s">
         <v>973</v>
       </c>
       <c r="C683" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="D683" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="E683" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="F683" t="s">
         <v>1443</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" t="s">
         <v>1444</v>
       </c>
       <c r="B684" t="s">
         <v>973</v>
       </c>
       <c r="C684" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="D684" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="E684" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="F684" t="s">
         <v>1445</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" t="s">
         <v>1446</v>
       </c>
       <c r="B685" t="s">
         <v>973</v>
       </c>
       <c r="C685" t="s">
         <v>144</v>
       </c>
       <c r="D685" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="E685" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="F685" t="s">
         <v>1447</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" t="s">
         <v>1448</v>
       </c>
       <c r="B686" t="s">
         <v>973</v>
       </c>
       <c r="C686" t="s">
         <v>144</v>
       </c>
       <c r="D686" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="E686" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="F686" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" t="s">
         <v>1450</v>
       </c>
       <c r="B687" t="s">
         <v>973</v>
       </c>
       <c r="C687" t="s">
-        <v>157</v>
+        <v>144</v>
       </c>
       <c r="D687" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="E687" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="F687" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" t="s">
         <v>1452</v>
       </c>
       <c r="B688" t="s">
         <v>973</v>
       </c>
       <c r="C688" t="s">
-        <v>157</v>
+        <v>144</v>
       </c>
       <c r="D688" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E688" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F688" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" t="s">
         <v>1454</v>
       </c>
       <c r="B689" t="s">
         <v>973</v>
       </c>
       <c r="C689" t="s">
         <v>157</v>
       </c>
       <c r="D689" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="E689" t="s">
-        <v>76</v>
+        <v>42</v>
       </c>
       <c r="F689" t="s">
         <v>1455</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" t="s">
         <v>1456</v>
       </c>
       <c r="B690" t="s">
         <v>973</v>
       </c>
       <c r="C690" t="s">
         <v>157</v>
       </c>
       <c r="D690" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E690" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F690" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" t="s">
         <v>1458</v>
       </c>
       <c r="B691" t="s">
         <v>973</v>
       </c>
       <c r="C691" t="s">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="D691" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="E691" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="F691" t="s">
         <v>1459</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" t="s">
         <v>1460</v>
       </c>
       <c r="B692" t="s">
         <v>973</v>
       </c>
       <c r="C692" t="s">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="D692" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="E692" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="F692" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" t="s">
         <v>1462</v>
       </c>
       <c r="B693" t="s">
         <v>973</v>
       </c>
       <c r="C693" t="s">
         <v>130</v>
       </c>
       <c r="D693" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E693" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F693" t="s">
         <v>1463</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" t="s">
         <v>1464</v>
       </c>
       <c r="B694" t="s">
         <v>973</v>
       </c>
       <c r="C694" t="s">
         <v>130</v>
       </c>
       <c r="D694" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E694" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F694" t="s">
         <v>1465</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" t="s">
         <v>1466</v>
       </c>
       <c r="B695" t="s">
         <v>973</v>
       </c>
       <c r="C695" t="s">
-        <v>265</v>
+        <v>130</v>
       </c>
       <c r="D695" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E695" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F695" t="s">
         <v>1467</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" t="s">
         <v>1468</v>
       </c>
       <c r="B696" t="s">
         <v>973</v>
       </c>
       <c r="C696" t="s">
-        <v>265</v>
+        <v>130</v>
       </c>
       <c r="D696" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E696" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F696" t="s">
         <v>1469</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" t="s">
         <v>1470</v>
       </c>
       <c r="B697" t="s">
         <v>973</v>
       </c>
       <c r="C697" t="s">
         <v>265</v>
       </c>
       <c r="D697" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E697" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F697" t="s">
         <v>1471</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" t="s">
         <v>1472</v>
       </c>
       <c r="B698" t="s">
         <v>973</v>
       </c>
       <c r="C698" t="s">
         <v>265</v>
       </c>
       <c r="D698" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E698" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F698" t="s">
         <v>1473</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" t="s">
         <v>1474</v>
       </c>
       <c r="B699" t="s">
         <v>973</v>
       </c>
       <c r="C699" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="D699" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E699" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F699" t="s">
         <v>1475</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" t="s">
         <v>1476</v>
       </c>
       <c r="B700" t="s">
         <v>973</v>
       </c>
       <c r="C700" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="D700" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E700" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F700" t="s">
         <v>1477</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" t="s">
         <v>1478</v>
       </c>
       <c r="B701" t="s">
         <v>973</v>
       </c>
       <c r="C701" t="s">
         <v>273</v>
       </c>
       <c r="D701" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E701" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F701" t="s">
         <v>1479</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" t="s">
         <v>1480</v>
       </c>
       <c r="B702" t="s">
         <v>973</v>
       </c>
       <c r="C702" t="s">
         <v>273</v>
       </c>
       <c r="D702" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E702" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F702" t="s">
         <v>1481</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" t="s">
         <v>1482</v>
       </c>
       <c r="B703" t="s">
         <v>973</v>
       </c>
       <c r="C703" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="D703" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E703" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F703" t="s">
         <v>1483</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" t="s">
         <v>1484</v>
       </c>
       <c r="B704" t="s">
         <v>973</v>
       </c>
       <c r="C704" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="D704" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E704" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F704" t="s">
         <v>1485</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" t="s">
         <v>1486</v>
       </c>
       <c r="B705" t="s">
         <v>973</v>
       </c>
       <c r="C705" t="s">
         <v>281</v>
       </c>
       <c r="D705" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E705" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F705" t="s">
         <v>1487</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" t="s">
         <v>1488</v>
       </c>
       <c r="B706" t="s">
         <v>973</v>
       </c>
       <c r="C706" t="s">
         <v>281</v>
       </c>
       <c r="D706" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E706" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F706" t="s">
         <v>1489</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" t="s">
         <v>1490</v>
       </c>
       <c r="B707" t="s">
         <v>973</v>
       </c>
       <c r="C707" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="D707" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E707" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F707" t="s">
         <v>1491</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" t="s">
         <v>1492</v>
       </c>
       <c r="B708" t="s">
         <v>973</v>
       </c>
       <c r="C708" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="D708" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E708" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F708" t="s">
         <v>1493</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" t="s">
         <v>1494</v>
       </c>
       <c r="B709" t="s">
         <v>973</v>
       </c>
       <c r="C709" t="s">
         <v>289</v>
       </c>
       <c r="D709" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="E709" t="s">
-        <v>76</v>
+        <v>42</v>
       </c>
       <c r="F709" t="s">
         <v>1495</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" t="s">
         <v>1496</v>
       </c>
       <c r="B710" t="s">
         <v>973</v>
       </c>
       <c r="C710" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="D710" t="s">
         <v>67</v>
       </c>
       <c r="E710" t="s">
         <v>68</v>
       </c>
       <c r="F710" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" t="s">
         <v>1498</v>
       </c>
       <c r="B711" t="s">
         <v>973</v>
       </c>
       <c r="C711" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="D711" t="s">
         <v>75</v>
       </c>
       <c r="E711" t="s">
         <v>76</v>
       </c>
       <c r="F711" t="s">
         <v>1499</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" t="s">
         <v>1500</v>
       </c>
       <c r="B712" t="s">
         <v>973</v>
       </c>
       <c r="C712" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="D712" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E712" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F712" t="s">
         <v>1501</v>
+      </c>
+    </row>
+    <row r="713" spans="1:6">
+      <c r="A713" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B713" t="s">
+        <v>973</v>
+      </c>
+      <c r="C713" t="s">
+        <v>295</v>
+      </c>
+      <c r="D713" t="s">
+        <v>67</v>
+      </c>
+      <c r="E713" t="s">
+        <v>68</v>
+      </c>
+      <c r="F713" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="714" spans="1:6">
+      <c r="A714" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B714" t="s">
+        <v>973</v>
+      </c>
+      <c r="C714" t="s">
+        <v>295</v>
+      </c>
+      <c r="D714" t="s">
+        <v>75</v>
+      </c>
+      <c r="E714" t="s">
+        <v>76</v>
+      </c>
+      <c r="F714" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="715" spans="1:6">
+      <c r="A715" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B715" t="s">
+        <v>973</v>
+      </c>
+      <c r="C715" t="s">
+        <v>295</v>
+      </c>
+      <c r="D715" t="s">
+        <v>41</v>
+      </c>
+      <c r="E715" t="s">
+        <v>42</v>
+      </c>
+      <c r="F715" t="s">
+        <v>1507</v>
+      </c>
+    </row>
+    <row r="716" spans="1:6">
+      <c r="A716" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B716" t="s">
+        <v>973</v>
+      </c>
+      <c r="C716" t="s">
+        <v>295</v>
+      </c>
+      <c r="D716" t="s">
+        <v>63</v>
+      </c>
+      <c r="E716" t="s">
+        <v>64</v>
+      </c>
+      <c r="F716" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="717" spans="1:6">
+      <c r="A717" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B717" t="s">
+        <v>973</v>
+      </c>
+      <c r="C717" t="s">
+        <v>165</v>
+      </c>
+      <c r="D717" t="s">
+        <v>41</v>
+      </c>
+      <c r="E717" t="s">
+        <v>42</v>
+      </c>
+      <c r="F717" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="718" spans="1:6">
+      <c r="A718" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B718" t="s">
+        <v>973</v>
+      </c>
+      <c r="C718" t="s">
+        <v>165</v>
+      </c>
+      <c r="D718" t="s">
+        <v>67</v>
+      </c>
+      <c r="E718" t="s">
+        <v>68</v>
+      </c>
+      <c r="F718" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="719" spans="1:6">
+      <c r="A719" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B719" t="s">
+        <v>973</v>
+      </c>
+      <c r="C719" t="s">
+        <v>165</v>
+      </c>
+      <c r="D719" t="s">
+        <v>63</v>
+      </c>
+      <c r="E719" t="s">
+        <v>64</v>
+      </c>
+      <c r="F719" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="720" spans="1:6">
+      <c r="A720" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B720" t="s">
+        <v>973</v>
+      </c>
+      <c r="C720" t="s">
+        <v>190</v>
+      </c>
+      <c r="D720" t="s">
+        <v>41</v>
+      </c>
+      <c r="E720" t="s">
+        <v>42</v>
+      </c>
+      <c r="F720" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="721" spans="1:6">
+      <c r="A721" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B721" t="s">
+        <v>973</v>
+      </c>
+      <c r="C721" t="s">
+        <v>190</v>
+      </c>
+      <c r="D721" t="s">
+        <v>67</v>
+      </c>
+      <c r="E721" t="s">
+        <v>68</v>
+      </c>
+      <c r="F721" t="s">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="722" spans="1:6">
+      <c r="A722" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B722" t="s">
+        <v>973</v>
+      </c>
+      <c r="C722" t="s">
+        <v>190</v>
+      </c>
+      <c r="D722" t="s">
+        <v>63</v>
+      </c>
+      <c r="E722" t="s">
+        <v>64</v>
+      </c>
+      <c r="F722" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="723" spans="1:6">
+      <c r="A723" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B723" t="s">
+        <v>973</v>
+      </c>
+      <c r="C723" t="s">
+        <v>184</v>
+      </c>
+      <c r="D723" t="s">
+        <v>41</v>
+      </c>
+      <c r="E723" t="s">
+        <v>42</v>
+      </c>
+      <c r="F723" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="724" spans="1:6">
+      <c r="A724" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B724" t="s">
+        <v>973</v>
+      </c>
+      <c r="C724" t="s">
+        <v>184</v>
+      </c>
+      <c r="D724" t="s">
+        <v>67</v>
+      </c>
+      <c r="E724" t="s">
+        <v>68</v>
+      </c>
+      <c r="F724" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="725" spans="1:6">
+      <c r="A725" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B725" t="s">
+        <v>973</v>
+      </c>
+      <c r="C725" t="s">
+        <v>184</v>
+      </c>
+      <c r="D725" t="s">
+        <v>63</v>
+      </c>
+      <c r="E725" t="s">
+        <v>64</v>
+      </c>
+      <c r="F725" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="726" spans="1:6">
+      <c r="A726" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B726" t="s">
+        <v>973</v>
+      </c>
+      <c r="C726" t="s">
+        <v>167</v>
+      </c>
+      <c r="D726" t="s">
+        <v>63</v>
+      </c>
+      <c r="E726" t="s">
+        <v>64</v>
+      </c>
+      <c r="F726" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="727" spans="1:6">
+      <c r="A727" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B727" t="s">
+        <v>973</v>
+      </c>
+      <c r="C727" t="s">
+        <v>193</v>
+      </c>
+      <c r="D727" t="s">
+        <v>63</v>
+      </c>
+      <c r="E727" t="s">
+        <v>64</v>
+      </c>
+      <c r="F727" t="s">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="728" spans="1:6">
+      <c r="A728" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B728" t="s">
+        <v>973</v>
+      </c>
+      <c r="C728" t="s">
+        <v>201</v>
+      </c>
+      <c r="D728" t="s">
+        <v>63</v>
+      </c>
+      <c r="E728" t="s">
+        <v>64</v>
+      </c>
+      <c r="F728" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="729" spans="1:6">
+      <c r="A729" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B729" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C729" t="s">
+        <v>8</v>
+      </c>
+      <c r="D729" t="s">
+        <v>41</v>
+      </c>
+      <c r="E729" t="s">
+        <v>42</v>
+      </c>
+      <c r="F729" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="730" spans="1:6">
+      <c r="A730" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B730" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C730" t="s">
+        <v>8</v>
+      </c>
+      <c r="D730" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E730" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F730" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="731" spans="1:6">
+      <c r="A731" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B731" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C731" t="s">
+        <v>8</v>
+      </c>
+      <c r="D731" t="s">
+        <v>71</v>
+      </c>
+      <c r="E731" t="s">
+        <v>72</v>
+      </c>
+      <c r="F731" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="732" spans="1:6">
+      <c r="A732" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B732" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C732" t="s">
+        <v>8</v>
+      </c>
+      <c r="D732" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E732" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F732" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="733" spans="1:6">
+      <c r="A733" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B733" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C733" t="s">
+        <v>8</v>
+      </c>
+      <c r="D733" t="s">
+        <v>41</v>
+      </c>
+      <c r="E733" t="s">
+        <v>42</v>
+      </c>
+      <c r="F733" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="734" spans="1:6">
+      <c r="A734" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B734" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C734" t="s">
+        <v>8</v>
+      </c>
+      <c r="D734" t="s">
+        <v>67</v>
+      </c>
+      <c r="E734" t="s">
+        <v>68</v>
+      </c>
+      <c r="F734" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="735" spans="1:6">
+      <c r="A735" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B735" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C735" t="s">
+        <v>8</v>
+      </c>
+      <c r="D735" t="s">
+        <v>63</v>
+      </c>
+      <c r="E735" t="s">
+        <v>64</v>
+      </c>
+      <c r="F735" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="736" spans="1:6">
+      <c r="A736" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B736" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C736" t="s">
+        <v>8</v>
+      </c>
+      <c r="D736" t="s">
+        <v>75</v>
+      </c>
+      <c r="E736" t="s">
+        <v>76</v>
+      </c>
+      <c r="F736" t="s">
+        <v>1552</v>
+      </c>
+    </row>
+    <row r="737" spans="1:6">
+      <c r="A737" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B737" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C737" t="s">
+        <v>8</v>
+      </c>
+      <c r="D737" t="s">
+        <v>87</v>
+      </c>
+      <c r="E737" t="s">
+        <v>88</v>
+      </c>
+      <c r="F737" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="738" spans="1:6">
+      <c r="A738" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B738" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C738" t="s">
+        <v>8</v>
+      </c>
+      <c r="D738" t="s">
+        <v>83</v>
+      </c>
+      <c r="E738" t="s">
+        <v>84</v>
+      </c>
+      <c r="F738" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="739" spans="1:6">
+      <c r="A739" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B739" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C739" t="s">
+        <v>37</v>
+      </c>
+      <c r="D739" t="s">
+        <v>41</v>
+      </c>
+      <c r="E739" t="s">
+        <v>42</v>
+      </c>
+      <c r="F739" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="740" spans="1:6">
+      <c r="A740" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B740" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C740" t="s">
+        <v>37</v>
+      </c>
+      <c r="D740" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E740" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F740" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="741" spans="1:6">
+      <c r="A741" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B741" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C741" t="s">
+        <v>37</v>
+      </c>
+      <c r="D741" t="s">
+        <v>67</v>
+      </c>
+      <c r="E741" t="s">
+        <v>68</v>
+      </c>
+      <c r="F741" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="742" spans="1:6">
+      <c r="A742" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B742" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C742" t="s">
+        <v>37</v>
+      </c>
+      <c r="D742" t="s">
+        <v>63</v>
+      </c>
+      <c r="E742" t="s">
+        <v>64</v>
+      </c>
+      <c r="F742" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="743" spans="1:6">
+      <c r="A743" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B743" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C743" t="s">
+        <v>37</v>
+      </c>
+      <c r="D743" t="s">
+        <v>75</v>
+      </c>
+      <c r="E743" t="s">
+        <v>76</v>
+      </c>
+      <c r="F743" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="744" spans="1:6">
+      <c r="A744" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B744" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C744" t="s">
+        <v>37</v>
+      </c>
+      <c r="D744" t="s">
+        <v>87</v>
+      </c>
+      <c r="E744" t="s">
+        <v>88</v>
+      </c>
+      <c r="F744" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="745" spans="1:6">
+      <c r="A745" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B745" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C745" t="s">
+        <v>37</v>
+      </c>
+      <c r="D745" t="s">
+        <v>83</v>
+      </c>
+      <c r="E745" t="s">
+        <v>84</v>
+      </c>
+      <c r="F745" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="746" spans="1:6">
+      <c r="A746" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B746" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C746" t="s">
+        <v>122</v>
+      </c>
+      <c r="D746" t="s">
+        <v>41</v>
+      </c>
+      <c r="E746" t="s">
+        <v>42</v>
+      </c>
+      <c r="F746" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="747" spans="1:6">
+      <c r="A747" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B747" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C747" t="s">
+        <v>122</v>
+      </c>
+      <c r="D747" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E747" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F747" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="748" spans="1:6">
+      <c r="A748" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B748" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C748" t="s">
+        <v>122</v>
+      </c>
+      <c r="D748" t="s">
+        <v>67</v>
+      </c>
+      <c r="E748" t="s">
+        <v>68</v>
+      </c>
+      <c r="F748" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="749" spans="1:6">
+      <c r="A749" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B749" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C749" t="s">
+        <v>122</v>
+      </c>
+      <c r="D749" t="s">
+        <v>75</v>
+      </c>
+      <c r="E749" t="s">
+        <v>76</v>
+      </c>
+      <c r="F749" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="750" spans="1:6">
+      <c r="A750" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B750" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C750" t="s">
+        <v>122</v>
+      </c>
+      <c r="D750" t="s">
+        <v>87</v>
+      </c>
+      <c r="E750" t="s">
+        <v>88</v>
+      </c>
+      <c r="F750" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="751" spans="1:6">
+      <c r="A751" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B751" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C751" t="s">
+        <v>122</v>
+      </c>
+      <c r="D751" t="s">
+        <v>83</v>
+      </c>
+      <c r="E751" t="s">
+        <v>84</v>
+      </c>
+      <c r="F751" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="752" spans="1:6">
+      <c r="A752" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B752" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C752" t="s">
+        <v>122</v>
+      </c>
+      <c r="D752" t="s">
+        <v>63</v>
+      </c>
+      <c r="E752" t="s">
+        <v>64</v>
+      </c>
+      <c r="F752" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="753" spans="1:6">
+      <c r="A753" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B753" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C753" t="s">
+        <v>138</v>
+      </c>
+      <c r="D753" t="s">
+        <v>41</v>
+      </c>
+      <c r="E753" t="s">
+        <v>42</v>
+      </c>
+      <c r="F753" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="754" spans="1:6">
+      <c r="A754" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B754" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C754" t="s">
+        <v>138</v>
+      </c>
+      <c r="D754" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E754" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F754" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="755" spans="1:6">
+      <c r="A755" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B755" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C755" t="s">
+        <v>138</v>
+      </c>
+      <c r="D755" t="s">
+        <v>75</v>
+      </c>
+      <c r="E755" t="s">
+        <v>76</v>
+      </c>
+      <c r="F755" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="756" spans="1:6">
+      <c r="A756" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B756" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C756" t="s">
+        <v>138</v>
+      </c>
+      <c r="D756" t="s">
+        <v>87</v>
+      </c>
+      <c r="E756" t="s">
+        <v>88</v>
+      </c>
+      <c r="F756" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="757" spans="1:6">
+      <c r="A757" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B757" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C757" t="s">
+        <v>138</v>
+      </c>
+      <c r="D757" t="s">
+        <v>83</v>
+      </c>
+      <c r="E757" t="s">
+        <v>84</v>
+      </c>
+      <c r="F757" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="758" spans="1:6">
+      <c r="A758" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B758" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C758" t="s">
+        <v>138</v>
+      </c>
+      <c r="D758" t="s">
+        <v>67</v>
+      </c>
+      <c r="E758" t="s">
+        <v>68</v>
+      </c>
+      <c r="F758" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="759" spans="1:6">
+      <c r="A759" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B759" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C759" t="s">
+        <v>58</v>
+      </c>
+      <c r="D759" t="s">
+        <v>41</v>
+      </c>
+      <c r="E759" t="s">
+        <v>42</v>
+      </c>
+      <c r="F759" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="760" spans="1:6">
+      <c r="A760" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B760" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C760" t="s">
+        <v>58</v>
+      </c>
+      <c r="D760" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E760" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F760" t="s">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="761" spans="1:6">
+      <c r="A761" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B761" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C761" t="s">
+        <v>58</v>
+      </c>
+      <c r="D761" t="s">
+        <v>87</v>
+      </c>
+      <c r="E761" t="s">
+        <v>88</v>
+      </c>
+      <c r="F761" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="762" spans="1:6">
+      <c r="A762" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B762" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C762" t="s">
+        <v>58</v>
+      </c>
+      <c r="D762" t="s">
+        <v>83</v>
+      </c>
+      <c r="E762" t="s">
+        <v>84</v>
+      </c>
+      <c r="F762" t="s">
+        <v>1604</v>
+      </c>
+    </row>
+    <row r="763" spans="1:6">
+      <c r="A763" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B763" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C763" t="s">
+        <v>161</v>
+      </c>
+      <c r="D763" t="s">
+        <v>41</v>
+      </c>
+      <c r="E763" t="s">
+        <v>42</v>
+      </c>
+      <c r="F763" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="764" spans="1:6">
+      <c r="A764" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B764" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C764" t="s">
+        <v>161</v>
+      </c>
+      <c r="D764" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E764" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F764" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="765" spans="1:6">
+      <c r="A765" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B765" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C765" t="s">
+        <v>161</v>
+      </c>
+      <c r="D765" t="s">
+        <v>87</v>
+      </c>
+      <c r="E765" t="s">
+        <v>88</v>
+      </c>
+      <c r="F765" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="766" spans="1:6">
+      <c r="A766" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B766" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C766" t="s">
+        <v>40</v>
+      </c>
+      <c r="D766" t="s">
+        <v>41</v>
+      </c>
+      <c r="E766" t="s">
+        <v>42</v>
+      </c>
+      <c r="F766" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="767" spans="1:6">
+      <c r="A767" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B767" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C767" t="s">
+        <v>40</v>
+      </c>
+      <c r="D767" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E767" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F767" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="768" spans="1:6">
+      <c r="A768" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B768" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C768" t="s">
+        <v>180</v>
+      </c>
+      <c r="D768" t="s">
+        <v>41</v>
+      </c>
+      <c r="E768" t="s">
+        <v>42</v>
+      </c>
+      <c r="F768" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="769" spans="1:6">
+      <c r="A769" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B769" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C769" t="s">
+        <v>180</v>
+      </c>
+      <c r="D769" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E769" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F769" t="s">
+        <v>1618</v>
+      </c>
+    </row>
+    <row r="770" spans="1:6">
+      <c r="A770" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B770" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C770" t="s">
+        <v>191</v>
+      </c>
+      <c r="D770" t="s">
+        <v>41</v>
+      </c>
+      <c r="E770" t="s">
+        <v>42</v>
+      </c>
+      <c r="F770" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="771" spans="1:6">
+      <c r="A771" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B771" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C771" t="s">
+        <v>191</v>
+      </c>
+      <c r="D771" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E771" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F771" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="772" spans="1:6">
+      <c r="A772" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B772" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C772" t="s">
+        <v>199</v>
+      </c>
+      <c r="D772" t="s">
+        <v>41</v>
+      </c>
+      <c r="E772" t="s">
+        <v>42</v>
+      </c>
+      <c r="F772" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="773" spans="1:6">
+      <c r="A773" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B773" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C773" t="s">
+        <v>199</v>
+      </c>
+      <c r="D773" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E773" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F773" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="774" spans="1:6">
+      <c r="A774" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B774" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C774" t="s">
+        <v>209</v>
+      </c>
+      <c r="D774" t="s">
+        <v>41</v>
+      </c>
+      <c r="E774" t="s">
+        <v>42</v>
+      </c>
+      <c r="F774" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="775" spans="1:6">
+      <c r="A775" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B775" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C775" t="s">
+        <v>209</v>
+      </c>
+      <c r="D775" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E775" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F775" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="776" spans="1:6">
+      <c r="A776" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B776" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C776" t="s">
+        <v>62</v>
+      </c>
+      <c r="D776" t="s">
+        <v>41</v>
+      </c>
+      <c r="E776" t="s">
+        <v>42</v>
+      </c>
+      <c r="F776" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="777" spans="1:6">
+      <c r="A777" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B777" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C777" t="s">
+        <v>66</v>
+      </c>
+      <c r="D777" t="s">
+        <v>41</v>
+      </c>
+      <c r="E777" t="s">
+        <v>42</v>
+      </c>
+      <c r="F777" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="778" spans="1:6">
+      <c r="A778" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B778" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C778" t="s">
+        <v>106</v>
+      </c>
+      <c r="D778" t="s">
+        <v>41</v>
+      </c>
+      <c r="E778" t="s">
+        <v>42</v>
+      </c>
+      <c r="F778" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="779" spans="1:6">
+      <c r="A779" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B779" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C779" t="s">
+        <v>229</v>
+      </c>
+      <c r="D779" t="s">
+        <v>41</v>
+      </c>
+      <c r="E779" t="s">
+        <v>42</v>
+      </c>
+      <c r="F779" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="780" spans="1:6">
+      <c r="A780" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B780" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C780" t="s">
+        <v>239</v>
+      </c>
+      <c r="D780" t="s">
+        <v>41</v>
+      </c>
+      <c r="E780" t="s">
+        <v>42</v>
+      </c>
+      <c r="F780" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="781" spans="1:6">
+      <c r="A781" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B781" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C781" t="s">
+        <v>249</v>
+      </c>
+      <c r="D781" t="s">
+        <v>41</v>
+      </c>
+      <c r="E781" t="s">
+        <v>42</v>
+      </c>
+      <c r="F781" t="s">
+        <v>1642</v>
+      </c>
+    </row>
+    <row r="782" spans="1:6">
+      <c r="A782" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B782" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C782" t="s">
+        <v>70</v>
+      </c>
+      <c r="D782" t="s">
+        <v>41</v>
+      </c>
+      <c r="E782" t="s">
+        <v>42</v>
+      </c>
+      <c r="F782" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="783" spans="1:6">
+      <c r="A783" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B783" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C783" t="s">
+        <v>304</v>
+      </c>
+      <c r="D783" t="s">
+        <v>41</v>
+      </c>
+      <c r="E783" t="s">
+        <v>42</v>
+      </c>
+      <c r="F783" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="784" spans="1:6">
+      <c r="A784" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B784" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C784" t="s">
+        <v>257</v>
+      </c>
+      <c r="D784" t="s">
+        <v>41</v>
+      </c>
+      <c r="E784" t="s">
+        <v>42</v>
+      </c>
+      <c r="F784" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="785" spans="1:6">
+      <c r="A785" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B785" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C785" t="s">
+        <v>110</v>
+      </c>
+      <c r="D785" t="s">
+        <v>41</v>
+      </c>
+      <c r="E785" t="s">
+        <v>42</v>
+      </c>
+      <c r="F785" t="s">
+        <v>1650</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>